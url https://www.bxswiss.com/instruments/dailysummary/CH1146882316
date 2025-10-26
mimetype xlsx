--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R341030d9c8c8431a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R994330aef14b4c87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4792bcc6d814bd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38758253023a44fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48532b239ff6495c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4792bcc6d814bd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ee899ce19c4243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38758253023a44fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Algorand ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1146882316</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,716</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>1,604</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,648</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...127 lines deleted...]
-          <x:t>1,782</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>