--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R994330aef14b4c87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d5ee54175f44f63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38758253023a44fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc30c46cf819b4912"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ee899ce19c4243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38758253023a44fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R566c9fc0dad54b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc30c46cf819b4912" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Algorand ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1146882316</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>1,601</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,587</x:t>
-[...178 lines deleted...]
-          <x:t>1,463</x:t>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,459</x:t>
-[...26 lines deleted...]
-          <x:t>1,453</x:t>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>