--- v2 (2025-11-16)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d5ee54175f44f63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e8c65dd887744e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc30c46cf819b4912"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d77c3d5fd46498f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R566c9fc0dad54b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc30c46cf819b4912" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06590c6e8a1b404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d77c3d5fd46498f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Algorand ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1146882316</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,309</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>