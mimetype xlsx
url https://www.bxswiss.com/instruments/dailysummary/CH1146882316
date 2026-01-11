--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e8c65dd887744e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ec952c46865474f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d77c3d5fd46498f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae19b1113aa14c96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06590c6e8a1b404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d77c3d5fd46498f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eb44d8696a74f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae19b1113aa14c96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Algorand ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1146882316</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,106</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>1,029</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,113</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>05.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,109</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,037</x:t>
-[...171 lines deleted...]
-          <x:t>0,913</x:t>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>