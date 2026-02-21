--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ec952c46865474f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2859f4812a0f4bb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae19b1113aa14c96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b3df19837b946f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eb44d8696a74f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae19b1113aa14c96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeec1c29c2b5421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b3df19837b946f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Algorand ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1146882316</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,031</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,973</x:t>
-[...6 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,958</x:t>
-[...48 lines deleted...]
-          <x:t>0,914</x:t>
+          <x:t>0,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,941</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,882</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,877</x:t>
-[...38 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,875</x:t>
-[...198 lines deleted...]
-          <x:t>1,090</x:t>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>