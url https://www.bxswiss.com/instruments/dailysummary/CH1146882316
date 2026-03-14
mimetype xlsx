--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2859f4812a0f4bb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R396f13b5f36945d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b3df19837b946f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03791c7efeba4010"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeec1c29c2b5421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b3df19837b946f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b8db6bf055f4fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03791c7efeba4010" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Algorand ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1146882316</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>0,782</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,736</x:t>
-        </x:is>
-[...295 lines deleted...]
-          <x:t>0,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>