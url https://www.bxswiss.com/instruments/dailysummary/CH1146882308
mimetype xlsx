--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37e408de26384e51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ca575f566364bc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccec1801492b494d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R269d68bcbeef4ec6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29958d1562a44169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccec1801492b494d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ef971b08afe411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R269d68bcbeef4ec6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bytetree BOLD ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1146882308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,255</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>37,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,378</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>