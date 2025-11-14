--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ca575f566364bc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07d6bfb32dd94d9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R269d68bcbeef4ec6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2bd8e7de8dd4c8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ef971b08afe411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R269d68bcbeef4ec6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1580c2d341149f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2bd8e7de8dd4c8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bytetree BOLD ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1146882308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>37,801</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,139</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>39,652</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>