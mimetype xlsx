--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07d6bfb32dd94d9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re692960312594823" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2bd8e7de8dd4c8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9b06267a0f54061"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1580c2d341149f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2bd8e7de8dd4c8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R654e5618b0834378" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9b06267a0f54061" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bytetree BOLD ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1146882308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>38,825</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>