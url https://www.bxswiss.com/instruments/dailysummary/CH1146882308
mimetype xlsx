--- v3 (2025-12-21)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re692960312594823" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f4bf281d53c490b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9b06267a0f54061"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re60be91de3114375"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R654e5618b0834378" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9b06267a0f54061" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5dc9741ea934d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re60be91de3114375" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bytetree BOLD ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1146882308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>37,837</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,205</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>38,198</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,796</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>