--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f4bf281d53c490b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc68f691cfd904175" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re60be91de3114375"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5761aedebae845dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5dc9741ea934d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re60be91de3114375" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b5d19f3b51e4726" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5761aedebae845dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bytetree BOLD ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1146882308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>39,796</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>