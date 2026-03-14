--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc68f691cfd904175" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57039e5776be412a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5761aedebae845dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55653e07553c4eb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b5d19f3b51e4726" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5761aedebae845dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0fdea1c86f541ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55653e07553c4eb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bytetree BOLD ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1146882308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>36,077</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,951</x:t>
-[...274 lines deleted...]
-          <x:t>37,479</x:t>
+          <x:t>37,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>