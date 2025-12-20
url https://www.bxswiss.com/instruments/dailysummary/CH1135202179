--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R993caa3ec44048bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb28e720f0a5b4862" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38f460fe31084e85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R787724366c6f4684"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a8d89ac0fcd438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38f460fe31084e85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65b177dc71564fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R787724366c6f4684" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Basket 10  Core ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>32,879</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,468</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>