--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb28e720f0a5b4862" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R173e2fbf0f69488c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R787724366c6f4684"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2d9ded50c2446c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65b177dc71564fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R787724366c6f4684" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R525bca1de7054546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2d9ded50c2446c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Basket 10  Core ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,839</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...497 lines deleted...]
-          <x:t>23,468</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>