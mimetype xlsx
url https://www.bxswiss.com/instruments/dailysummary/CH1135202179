--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R173e2fbf0f69488c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62c8839feb204e1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2d9ded50c2446c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8dc3cb9a07404e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R525bca1de7054546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2d9ded50c2446c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R774fe269e38348c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8dc3cb9a07404e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Basket 10  Core ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>24,658</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>