--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62c8839feb204e1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd65af5f46df4116" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8dc3cb9a07404e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65daf476f0954793"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R774fe269e38348c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8dc3cb9a07404e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1be0d2369e2a4271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65daf476f0954793" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Basket 10  Core ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>