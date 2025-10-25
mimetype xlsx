--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d3ac69914414f68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9774254d22d74faa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72fb6429fe654277"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00b70ab3aae84efc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2be8a93198194c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72fb6429fe654277" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65617133992f4b6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00b70ab3aae84efc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Basket Equal Weight ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>37,025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,081</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>38,565</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,350</x:t>
-[...566 lines deleted...]
-          <x:t>41,098</x:t>
+          <x:t>38,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>