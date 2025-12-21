--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9774254d22d74faa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e7483257ef34995" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00b70ab3aae84efc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb923eeeeee044c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65617133992f4b6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00b70ab3aae84efc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58c33212c08745de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb923eeeeee044c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Basket Equal Weight ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>37,283</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>