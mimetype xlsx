--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e7483257ef34995" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdb30da3f6e14ecd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb923eeeeee044c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c38c4c20ef64cc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58c33212c08745de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb923eeeeee044c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R959d4b3b150349fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c38c4c20ef64cc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Basket Equal Weight ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,359</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,776</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>