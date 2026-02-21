--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdb30da3f6e14ecd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9926c1ace084340" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c38c4c20ef64cc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a81c92d6d704368"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R959d4b3b150349fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c38c4c20ef64cc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a90b8021a5640f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a81c92d6d704368" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Basket Equal Weight ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,017</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>30,015</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>