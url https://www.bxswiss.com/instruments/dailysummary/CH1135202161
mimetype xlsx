--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9926c1ace084340" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re31bd73edf86496f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a81c92d6d704368"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5eab6b8e1c494c54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a90b8021a5640f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a81c92d6d704368" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c749f84e84d4d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5eab6b8e1c494c54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Basket Equal Weight ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,302</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,586</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>