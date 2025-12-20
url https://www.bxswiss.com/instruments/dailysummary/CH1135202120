--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cd9a3168c63448b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9ac22ea91e6446e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa0515c7c66140d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3696fc1fbcb4da5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6751ed805eb24f3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa0515c7c66140d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a2ba7d39ca14911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3696fc1fbcb4da5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Aave ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>29,226</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>