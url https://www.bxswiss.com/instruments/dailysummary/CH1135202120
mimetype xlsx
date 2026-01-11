--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9ac22ea91e6446e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1a8e03374df42bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3696fc1fbcb4da5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7e3733ef7814502"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a2ba7d39ca14911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3696fc1fbcb4da5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R977d7dbd935d421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7e3733ef7814502" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Aave ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,892</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>