--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1a8e03374df42bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R647ab99da00a4ced" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7e3733ef7814502"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88b69c6a859e4e23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R977d7dbd935d421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7e3733ef7814502" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd75b42b2ffb448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88b69c6a859e4e23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Aave ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>19,952</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>