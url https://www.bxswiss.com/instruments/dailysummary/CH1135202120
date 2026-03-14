--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R647ab99da00a4ced" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd94a98020d694bb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88b69c6a859e4e23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb62a598e5da41d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd75b42b2ffb448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88b69c6a859e4e23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97634fb9968145d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb62a598e5da41d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Aave ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>