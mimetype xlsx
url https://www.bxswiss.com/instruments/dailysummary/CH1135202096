--- v0 (2025-10-27)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf022c16157e84a9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8d4cc7e55bb40e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ed83bf11b6e411f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6052eb9755d14d4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0a95e8ad1e645a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ed83bf11b6e411f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1927a27a8964a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6052eb9755d14d4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Uniswap ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>11,884</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,571</x:t>
-[...330 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,624</x:t>
-[...144 lines deleted...]
-          <x:t>9,676</x:t>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>