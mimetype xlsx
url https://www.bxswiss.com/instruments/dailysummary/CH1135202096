--- v1 (2025-12-21)
+++ v2 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8d4cc7e55bb40e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16b4f6c9f5ac4bf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6052eb9755d14d4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32e31f4389054093"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1927a27a8964a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6052eb9755d14d4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57b0d0a15660487a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32e31f4389054093" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Uniswap ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,382 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>