--- v2 (2026-01-15)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16b4f6c9f5ac4bf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d9bfdbd4af4d5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32e31f4389054093"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21c0f4a4ae2142d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57b0d0a15660487a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32e31f4389054093" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafe4abb559714d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21c0f4a4ae2142d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Uniswap ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>8,284</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>