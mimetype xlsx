--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d9bfdbd4af4d5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22b280daf71041b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21c0f4a4ae2142d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc94b425179d4ff5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafe4abb559714d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21c0f4a4ae2142d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43918f7a371f470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc94b425179d4ff5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Uniswap ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,004</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>5,280</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>