--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42424dddb13448a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45e25a918e8a4f90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1f6c6a5524e4dce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe73cf02bef0438f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4bc9637e7284a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1f6c6a5524e4dce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c9730c65403441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe73cf02bef0438f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Avalanche Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,282</x:t>
-[...414 lines deleted...]
-          <x:t>4,383</x:t>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>