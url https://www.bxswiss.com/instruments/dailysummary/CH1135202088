--- v1 (2025-10-24)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45e25a918e8a4f90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7485ee42aabd4ce5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe73cf02bef0438f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb811159b01cf4028"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c9730c65403441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe73cf02bef0438f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f2d3768e3844cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb811159b01cf4028" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Avalanche Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2,823</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>