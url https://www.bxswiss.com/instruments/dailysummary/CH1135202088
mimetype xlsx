--- v2 (2026-01-07)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7485ee42aabd4ce5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda4f6ed05e964e65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb811159b01cf4028"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red9d580d9fbb4c4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f2d3768e3844cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb811159b01cf4028" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5edf34686d5b461e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red9d580d9fbb4c4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Avalanche Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>16.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,769</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>1,716</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,722</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,781</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,746</x:t>
-[...188 lines deleted...]
-          <x:t>2,096</x:t>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>