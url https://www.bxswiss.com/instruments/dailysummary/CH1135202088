--- v3 (2026-01-31)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda4f6ed05e964e65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R382388c5d7e54350" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red9d580d9fbb4c4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf94bf20880b54e81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5edf34686d5b461e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red9d580d9fbb4c4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5cb689ec1404116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf94bf20880b54e81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Avalanche Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,765</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>