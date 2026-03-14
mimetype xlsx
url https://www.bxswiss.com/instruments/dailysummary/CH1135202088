--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R382388c5d7e54350" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79e3623a43944efb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf94bf20880b54e81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8e03bc407034169"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5cb689ec1404116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf94bf20880b54e81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0d3a4b4031a4211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8e03bc407034169" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Avalanche Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>1,289</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>