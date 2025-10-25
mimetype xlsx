--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd736802e4bc4bc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdeabf027c414247" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra88c54b055e74559"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8598a2f35784a18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf741413a3b274b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra88c54b055e74559" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda4a3f7ba3bd4283" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8598a2f35784a18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Mid-Cap Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1130675676</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,584</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>