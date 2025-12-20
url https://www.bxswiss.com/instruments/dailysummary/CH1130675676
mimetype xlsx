--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdeabf027c414247" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e9d1a70d8fd4b4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8598a2f35784a18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96346eac1b27466a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda4a3f7ba3bd4283" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8598a2f35784a18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17ea5a8c928540be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96346eac1b27466a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Mid-Cap Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1130675676</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>16,921</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>