--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e9d1a70d8fd4b4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5041564f53b34c80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96346eac1b27466a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a3d1e379ae44d97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17ea5a8c928540be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96346eac1b27466a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc25b2f4a7444cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a3d1e379ae44d97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Mid-Cap Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1130675676</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>12,072</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,604</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>26.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,704</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>12,555</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>