--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5041564f53b34c80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e14e4d4c4c34b8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a3d1e379ae44d97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a9a1851f3ff4686"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc25b2f4a7444cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a3d1e379ae44d97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R506af83107464f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a9a1851f3ff4686" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Mid-Cap Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1130675676</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>13,753</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>