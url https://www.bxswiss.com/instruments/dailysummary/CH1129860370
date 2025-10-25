--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50b1a6e5f179404b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d92bd6469fc4a7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R665ca85b74f54a51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84a3c7bd0d4b4425"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d6714550ae74d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R665ca85b74f54a51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b070ec3724a44a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84a3c7bd0d4b4425" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Decentraland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129860370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>2,295</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,335</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>2,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>2,395</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...128 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>2,240</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,220</x:t>
-[...6 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>2,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>2,615</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>