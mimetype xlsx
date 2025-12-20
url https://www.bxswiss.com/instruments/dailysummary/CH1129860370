--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d92bd6469fc4a7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03378145a5564c37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84a3c7bd0d4b4425"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3eee1edc7a14ea4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b070ec3724a44a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84a3c7bd0d4b4425" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4de2b7176be4603" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3eee1edc7a14ea4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Decentraland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129860370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,850</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>