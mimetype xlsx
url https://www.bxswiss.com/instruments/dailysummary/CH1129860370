--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03378145a5564c37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d933cee6b184e7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3eee1edc7a14ea4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2276ee6b1dc74092"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4de2b7176be4603" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3eee1edc7a14ea4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd66f91befa1342e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2276ee6b1dc74092" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Decentraland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129860370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>1,325</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,295</x:t>
-[...145 lines deleted...]
-        <x:is>
           <x:t>1,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,160</x:t>
-[...177 lines deleted...]
-        <x:is>
           <x:t>1,200</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,120</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>