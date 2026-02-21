--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d933cee6b184e7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R985602a8c2c44aab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2276ee6b1dc74092"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7211d7d3384e4313"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd66f91befa1342e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2276ee6b1dc74092" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1947d83bfc0f48ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7211d7d3384e4313" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Decentraland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129860370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,170</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,170</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,110</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,100</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,040</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>16.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,040</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>1,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,040</x:t>
-[...16 lines deleted...]
-          <x:t>1,060</x:t>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,910</x:t>
-[...193 lines deleted...]
-          <x:t>1,140</x:t>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>