--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R985602a8c2c44aab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa68f239363a40db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7211d7d3384e4313"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd12932fafc044b97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1947d83bfc0f48ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7211d7d3384e4313" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d7596721f71496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd12932fafc044b97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Decentraland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129860370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,780</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,745</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,725</x:t>
-[...151 lines deleted...]
-          <x:t>0,745</x:t>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,725</x:t>
-[...26 lines deleted...]
-          <x:t>0,745</x:t>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>