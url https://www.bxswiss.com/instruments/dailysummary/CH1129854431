--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fe0dcdbd46440d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86ce33258b6049be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R030a07b44e2f43f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R895ad77619b54753"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a47d852428d4fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R030a07b44e2f43f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5203512051df4eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R895ad77619b54753" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Uniswap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129854431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>6,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,680</x:t>
-[...48 lines deleted...]
-          <x:t>6,790</x:t>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,760</x:t>
-[...119 lines deleted...]
-          <x:t>6,265</x:t>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,265</x:t>
-[...58 lines deleted...]
-          <x:t>6,830</x:t>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>