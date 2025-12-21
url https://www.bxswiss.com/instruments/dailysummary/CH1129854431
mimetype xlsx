--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86ce33258b6049be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64cb9d9c18bb4b9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R895ad77619b54753"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf4dc8132eac4ba4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5203512051df4eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R895ad77619b54753" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f90c592456248f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf4dc8132eac4ba4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Uniswap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129854431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>6,120</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>6,335</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,185</x:t>
-[...259 lines deleted...]
-          <x:t>5,655</x:t>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,555</x:t>
-[...60 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,155</x:t>
-[...4 lines deleted...]
-          <x:t>4,905</x:t>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,115</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>5,240</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>