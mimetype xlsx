--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64cb9d9c18bb4b9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d8fab48eac04323" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf4dc8132eac4ba4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaa6abece94f419f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f90c592456248f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf4dc8132eac4ba4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48ea26b9dab543ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaa6abece94f419f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Uniswap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129854431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>5,410</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>25.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,280</x:t>
-[...134 lines deleted...]
-          <x:t>5,065</x:t>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,955</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>4,570</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>4,375</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>