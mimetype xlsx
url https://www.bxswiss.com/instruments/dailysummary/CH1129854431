--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d8fab48eac04323" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfee57ac123fb4feb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaa6abece94f419f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35484d2098b4427a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48ea26b9dab543ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaa6abece94f419f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra75b120ddf13439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35484d2098b4427a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Uniswap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129854431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>4,630</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>