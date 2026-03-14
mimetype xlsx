--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfee57ac123fb4feb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1f6416548894042" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35484d2098b4427a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bd7e8f07bd84a99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra75b120ddf13439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35484d2098b4427a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad1ed3aa08ff4fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bd7e8f07bd84a99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Uniswap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129854431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>3,555</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,525</x:t>
-[...33 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>2,885</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>