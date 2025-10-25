--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9575c81aaeec4499" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9c32768fc79433c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e0ae0272b924c58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25c58e99fb3a4a08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f8c73b41d0b45a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e0ae0272b924c58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3431a1c0afc94300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25c58e99fb3a4a08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Uniswap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129854423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,305</x:t>
-[...252 lines deleted...]
-          <x:t>6,285</x:t>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>