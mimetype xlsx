--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9c32768fc79433c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R288d58fe78d24a2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25c58e99fb3a4a08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c7aa6168f9f4082"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3431a1c0afc94300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25c58e99fb3a4a08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8c44c962f6540cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c7aa6168f9f4082" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Uniswap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129854423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>6,000</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,920</x:t>
-[...512 lines deleted...]
-          <x:t>4,780</x:t>
+          <x:t>6,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>