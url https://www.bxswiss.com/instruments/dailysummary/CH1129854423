--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R288d58fe78d24a2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ebafea712aa4213" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c7aa6168f9f4082"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22c61738511f4abf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8c44c962f6540cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c7aa6168f9f4082" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra225e322e4194275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22c61738511f4abf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Uniswap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129854423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,170</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,075</x:t>
-[...97 lines deleted...]
-          <x:t>4,640</x:t>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,445</x:t>
-[...38 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,075</x:t>
-[...26 lines deleted...]
-          <x:t>4,770</x:t>
+          <x:t>4,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,650</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-          <x:t>31.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,540</x:t>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,405</x:t>
-[...6 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,245</x:t>
-[...4 lines deleted...]
-          <x:t>3,930</x:t>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>3,930</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,020</x:t>
-        </x:is>
-[...187 lines deleted...]
-          <x:t>6,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>