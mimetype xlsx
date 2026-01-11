--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ebafea712aa4213" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8abcad1f37a44ade" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22c61738511f4abf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ffeee21a044ae3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra225e322e4194275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22c61738511f4abf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5808029b7f8349dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ffeee21a044ae3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Uniswap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129854423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>4,780</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,700</x:t>
-[...26 lines deleted...]
-          <x:t>4,580</x:t>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,680</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>01.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,325</x:t>
-[...16 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>4,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,245</x:t>
-        </x:is>
-[...364 lines deleted...]
-          <x:t>4,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>