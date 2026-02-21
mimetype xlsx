--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8abcad1f37a44ade" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ea05796772d4eaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ffeee21a044ae3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0279a71c991c492e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5808029b7f8349dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ffeee21a044ae3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R765696874aab49bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0279a71c991c492e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Uniswap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129854423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>4,010</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,805</x:t>
-[...6 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>3,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,775</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3,910</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,910</x:t>
-[...269 lines deleted...]
-          <x:t>4,245</x:t>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>