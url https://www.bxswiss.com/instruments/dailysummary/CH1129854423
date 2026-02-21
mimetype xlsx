--- v5 (2026-02-21)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ea05796772d4eaa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f3793237524423" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0279a71c991c492e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd664f5cb73374be8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R765696874aab49bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0279a71c991c492e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c7e3508592644f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd664f5cb73374be8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Uniswap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129854423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>