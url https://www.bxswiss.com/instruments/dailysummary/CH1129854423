--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f3793237524423" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R670d09a3852f4b0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd664f5cb73374be8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21853125a2894d39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c7e3508592644f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd664f5cb73374be8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R432ba1141e164b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21853125a2894d39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Uniswap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129854423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,905</x:t>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,925</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>2,590</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>