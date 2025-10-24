--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9df0f6d0bdec4df0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4305d2ad854a436d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74ca0b8837984392"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d447107cf324e8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re76979d81e2a4504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74ca0b8837984392" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c421a7b95e4fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d447107cf324e8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Polygon ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129538448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>