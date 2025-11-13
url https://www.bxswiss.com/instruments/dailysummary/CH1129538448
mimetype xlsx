--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4305d2ad854a436d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R517ca8cb0a56440c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d447107cf324e8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R623ecc4778294d4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c421a7b95e4fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d447107cf324e8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23e5ca4895204816" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R623ecc4778294d4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Polygon ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129538448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>