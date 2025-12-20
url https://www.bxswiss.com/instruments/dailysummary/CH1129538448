--- v2 (2025-11-13)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R517ca8cb0a56440c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R706db233aabb4980" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R623ecc4778294d4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1e26f0e84b3463a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23e5ca4895204816" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R623ecc4778294d4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d14f1b956bd4a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1e26f0e84b3463a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Polygon ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129538448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,516</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>