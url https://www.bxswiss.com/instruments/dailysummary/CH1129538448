--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R706db233aabb4980" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65e53b93c8fb46b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1e26f0e84b3463a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e95453ee4d04053"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d14f1b956bd4a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1e26f0e84b3463a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51bdb669a11c4356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e95453ee4d04053" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Polygon ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129538448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>1,124</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,127</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>0,966</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>