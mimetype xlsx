--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65e53b93c8fb46b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf51845d9fdb0446c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e95453ee4d04053"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e55a55902694cb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51bdb669a11c4356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e95453ee4d04053" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cf001fd4f18478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e55a55902694cb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Polygon ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129538448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>1,087</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,036</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>0,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,957</x:t>
-[...60 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,972</x:t>
-[...58 lines deleted...]
-          <x:t>0,919</x:t>
+          <x:t>0,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,923</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>1,376</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>