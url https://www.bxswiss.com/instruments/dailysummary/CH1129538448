--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf51845d9fdb0446c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R988294121a974514" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e55a55902694cb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ade368a132544e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cf001fd4f18478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e55a55902694cb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf628e15de2de45b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ade368a132544e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Polygon ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129538448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,998</x:t>
-[...31 lines deleted...]
-          <x:t>0,932</x:t>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,948</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>0,900</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,918</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>05.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,906</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,827</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,849</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...289 lines deleted...]
-          <x:t>0,914</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>