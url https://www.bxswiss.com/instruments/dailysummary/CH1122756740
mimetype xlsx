--- v0 (2025-10-11)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06838c3b9d6e4ac8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3085dcce1e24df8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R995773141f594fd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdd7efec92964725"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2802070d010a44b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R995773141f594fd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d52a74dffe84f16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdd7efec92964725" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raiffeisen ETF - Solid Gold Responsibly Sourced &amp; Traceable A USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1122756740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>972,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>991,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>972,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>982,457</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.022,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.029,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.015,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.025,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.029,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.029,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.051,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.062,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.075,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.017,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.022,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.052,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.029,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.008,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.012,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>996,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.004,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>975,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.002,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.012,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.010,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.025,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.006,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.029,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.017,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,306</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>