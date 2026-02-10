--- v1 (2025-11-02)
+++ v2 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3085dcce1e24df8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6732569e2bc4461e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdd7efec92964725"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82f8cc6c37a94210"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d52a74dffe84f16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdd7efec92964725" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7334cbe491f4452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82f8cc6c37a94210" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raiffeisen ETF - Solid Gold Responsibly Sourced &amp; Traceable A USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1122756740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.021,306</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.139,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.152,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.244,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.252,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.232,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.251,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.251,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.233,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.245,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.355,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.252,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.229,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.257,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.257,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.232,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.241,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.240,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>