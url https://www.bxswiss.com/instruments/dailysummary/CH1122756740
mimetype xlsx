--- v2 (2026-02-10)
+++ v3 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6732569e2bc4461e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b7e73646ed4265" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82f8cc6c37a94210"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21c44737024140b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7334cbe491f4452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82f8cc6c37a94210" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c9fb517627c4705" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21c44737024140b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raiffeisen ETF - Solid Gold Responsibly Sourced &amp; Traceable A USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1122756740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>1.240,240</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.232,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.239,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.234,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.238,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.251,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.229,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.247,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.263,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.257,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.341,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.319,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.328,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.330,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.255,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.270,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.265,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.257,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.265,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.250,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.244,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.250,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.250,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.251,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.138,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.141,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>