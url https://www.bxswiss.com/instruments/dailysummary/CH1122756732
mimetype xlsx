--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c43d8534eaa46db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81d36cb084d643c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff3bd4bda95244ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9298d2d35af04673"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf755febdf14b4ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff3bd4bda95244ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R947139ff9e644a1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9298d2d35af04673" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raiffeisen ETF - Solid Gold Responsibly Sourced &amp; Traceable H CHF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1122756732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>998,449</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>999,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.001,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>973,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>986,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>973,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>981,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>980,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>989,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>996,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>986,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>989,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>980,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>992,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>978,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>987,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>993,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>997,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>981,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>984,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>994,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>995,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>986,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>987,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>986,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>988,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>970,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>981,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>981,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>984,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>977,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>983,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>988,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>992,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>983,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>989,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>990,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>983,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>989,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.006,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.013,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.010,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.014,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.014,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.031,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>995,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>999,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>989,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.006,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>989,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.002,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.007,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.004,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.001,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.012,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>995,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.002,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...127 lines deleted...]
-          <x:t>1.040,335</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>993,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.006,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>991,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.001,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.000,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.008,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.013,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.020,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>