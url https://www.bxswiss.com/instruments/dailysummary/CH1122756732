--- v1 (2025-11-26)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81d36cb084d643c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d5925a01da84bc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9298d2d35af04673"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1757abed4e241f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R947139ff9e644a1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9298d2d35af04673" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ea75a8f69ec43a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1757abed4e241f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raiffeisen ETF - Solid Gold Responsibly Sourced &amp; Traceable H CHF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1122756732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...338 lines deleted...]
-          <x:t>1.014,700</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.029,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.029,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.030,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.033,300</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...235 lines deleted...]
-          <x:t>1.020,700</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.063,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.063,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.062,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.077,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>