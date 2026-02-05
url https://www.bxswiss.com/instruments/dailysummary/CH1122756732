--- v2 (2026-01-06)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d5925a01da84bc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e29dbea20324eb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1757abed4e241f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc47eb753e34e70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ea75a8f69ec43a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1757abed4e241f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc526395c1f1a4d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc47eb753e34e70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raiffeisen ETF - Solid Gold Responsibly Sourced &amp; Traceable H CHF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1122756732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>1.071,500</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.077,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.079,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.066,700</x:t>
-[...16 lines deleted...]
-          <x:t>1.083,117</x:t>
+          <x:t>1.090,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.106,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.091,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.077,300</x:t>
-[...31 lines deleted...]
-          <x:t>1.098,500</x:t>
+          <x:t>1.102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.141,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.143,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.139,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.153,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.153,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.242,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.245,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.233,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.238,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.241,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.245,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.231,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.244,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.353,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.353,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.245,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.239,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.239,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>