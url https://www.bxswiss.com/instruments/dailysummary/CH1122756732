--- v3 (2026-02-05)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e29dbea20324eb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5afc675725e4a2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc47eb753e34e70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1b94d8c31b24ad7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc526395c1f1a4d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc47eb753e34e70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra28da262f14a4ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1b94d8c31b24ad7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raiffeisen ETF - Solid Gold Responsibly Sourced &amp; Traceable H CHF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1122756732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.242,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.245,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.233,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.238,700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.239,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.239,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.190,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.199,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.237,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.234,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.235,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.245,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.231,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.232,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.236,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.221,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.268,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.244,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.237,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.250,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>