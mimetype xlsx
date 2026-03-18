--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5afc675725e4a2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd8a0be4c5214f07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1b94d8c31b24ad7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c95e8b26f3f4529"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra28da262f14a4ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1b94d8c31b24ad7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96b72a12cdfb43d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c95e8b26f3f4529" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raiffeisen ETF - Solid Gold Responsibly Sourced &amp; Traceable H CHF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1122756732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.217,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.225,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.208,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.212,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.261,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.267,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.253,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.264,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.263,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.246,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.252,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.312,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.315,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.241,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.254,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.263,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.245,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.251,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.241,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.254,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.247,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.237,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.244,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.237,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.257,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.250,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.268,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.252,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.256,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.238,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.243,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.241,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.221,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>