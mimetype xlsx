--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f89d992d135419a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bc405cdf7184da7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R301980954caf46b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe5356a409d54220"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re246d1935adb4125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R301980954caf46b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd55d4c5f480348cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe5356a409d54220" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raiffeisen ETF - Solid Gold Responsibly Sourced &amp; Traceable A CHF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1122756724</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>968,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>975,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>965,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>973,300</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>998,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.014,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>998,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.012,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.028,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.020,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.029,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.025,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.075,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.064,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.051,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.026,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.029,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.008,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>996,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>984,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.001,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.014,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.012,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.014,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>