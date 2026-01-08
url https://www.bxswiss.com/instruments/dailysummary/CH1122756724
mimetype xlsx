--- v1 (2025-10-29)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bc405cdf7184da7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7269366abe564a4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe5356a409d54220"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e96cd81c75b4b98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd55d4c5f480348cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe5356a409d54220" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8331b56168fc4b24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e96cd81c75b4b98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raiffeisen ETF - Solid Gold Responsibly Sourced &amp; Traceable A CHF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1122756724</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>1.072,502</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.075,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.077,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.106,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.113,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.098,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.071,900</x:t>
-[...193 lines deleted...]
-          <x:t>1.014,900</x:t>
+          <x:t>1.107,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.119,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>