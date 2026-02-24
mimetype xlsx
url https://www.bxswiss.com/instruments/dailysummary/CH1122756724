--- v2 (2026-01-08)
+++ v3 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7269366abe564a4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05a8fdf735ab4925" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e96cd81c75b4b98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R749d87eaf88f42c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8331b56168fc4b24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e96cd81c75b4b98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14a3755dbaad4616" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R749d87eaf88f42c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raiffeisen ETF - Solid Gold Responsibly Sourced &amp; Traceable A CHF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1122756724</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.131,700</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.244,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.252,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.232,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.251,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.251,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.233,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.245,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.355,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.251,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.272,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.237,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.256,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.257,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.236,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.232,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.241,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.240,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.234,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.232,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.249,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.242,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.243,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.231,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.229,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.221,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.233,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.232,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.240,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.233,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.237,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.251,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.234,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.247,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.263,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>