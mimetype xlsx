--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05a8fdf735ab4925" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c376d4f3e254828" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R749d87eaf88f42c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7ca47f27c9147a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14a3755dbaad4616" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R749d87eaf88f42c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0e3c6239cb441e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7ca47f27c9147a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raiffeisen ETF - Solid Gold Responsibly Sourced &amp; Traceable A CHF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1122756724</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.243,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.248,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.195,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.199,600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.263,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.285,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.260,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.284,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.256,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.265,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.341,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.319,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.327,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.330,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.250,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.257,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.270,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.272,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.256,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.265,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>