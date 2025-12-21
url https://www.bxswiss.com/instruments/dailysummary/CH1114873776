--- v0 (2025-10-08)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7d138cedcf2480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R885ae4873c6d45d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c06d7a472e240e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37aefec163c048a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf751ad5b2e564888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c06d7a472e240e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6554fd2c77af447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37aefec163c048a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Solana Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1114873776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>117,253</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>