--- v1 (2025-12-21)
+++ v2 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R885ae4873c6d45d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf72357f70e3411d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37aefec163c048a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4125015680a84e76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6554fd2c77af447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37aefec163c048a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R668d3a26e9324bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4125015680a84e76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Solana Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1114873776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,382 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>