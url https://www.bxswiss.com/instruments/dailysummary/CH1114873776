--- v2 (2026-01-15)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf72357f70e3411d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R817308eb7da0453f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4125015680a84e76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61a51df2e0c04de3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R668d3a26e9324bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4125015680a84e76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84e68bf368194e8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61a51df2e0c04de3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Solana Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1114873776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>75,811</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>