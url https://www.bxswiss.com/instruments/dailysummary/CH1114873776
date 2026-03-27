--- v3 (2026-02-21)
+++ v4 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R817308eb7da0453f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc8641a976374b52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61a51df2e0c04de3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R191d2b3e9e3e4788"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84e68bf368194e8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61a51df2e0c04de3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4e51869d93f4ed3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R191d2b3e9e3e4788" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Solana Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1114873776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...571 lines deleted...]
-          <x:t>43,440</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,880</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>43,069</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>