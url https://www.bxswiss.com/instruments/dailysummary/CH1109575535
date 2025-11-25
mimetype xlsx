--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd843beaca2c0494c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89f98b1551c94c5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec7f9834a18943ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb09e97dc5c6948c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcaf07b302fb4bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec7f9834a18943ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cfc6912cddf4695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb09e97dc5c6948c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Stellar ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1109575535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>12,107</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>