--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89f98b1551c94c5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd21c8738bcb54198" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb09e97dc5c6948c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R766b81780df94fd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cfc6912cddf4695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb09e97dc5c6948c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba35e5ce8db64568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R766b81780df94fd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Stellar ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1109575535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...414 lines deleted...]
-          <x:t>9,808</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,777</x:t>
-[...33 lines deleted...]
-          <x:t>18.11.2025</x:t>
+          <x:t>8,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,034</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>9,152</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>