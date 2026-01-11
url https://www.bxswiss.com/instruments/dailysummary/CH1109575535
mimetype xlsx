--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd21c8738bcb54198" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32428cabbb7546cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R766b81780df94fd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R351e6a626cc64ba1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba35e5ce8db64568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R766b81780df94fd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdabdf8d465f04b94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R351e6a626cc64ba1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Stellar ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1109575535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>