--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32428cabbb7546cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e573402032c49b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R351e6a626cc64ba1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd071c94dd4e4e1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdabdf8d465f04b94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R351e6a626cc64ba1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e9f5cb5d4344839" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd071c94dd4e4e1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Stellar ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1109575535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>8,458</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>