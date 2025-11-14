--- v0 (2025-10-22)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4c8a97a200f4322" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3696c664f54b4253" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01c4d77b67f64c51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd8c6e71037462c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re998c8c69339440d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01c4d77b67f64c51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b20b2b08c8147b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd8c6e71037462c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iNdx - Aktien Schweiz ESG CHF PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1106443778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,490</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>116,490</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,050</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>117,110</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,790</x:t>
-[...26 lines deleted...]
-          <x:t>117,290</x:t>
+          <x:t>119,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,470</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>118,140</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>