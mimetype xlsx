--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3696c664f54b4253" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R686443c1fce2434b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd8c6e71037462c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra83a957fbd2e475a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b20b2b08c8147b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd8c6e71037462c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0db3357156a84131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra83a957fbd2e475a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iNdx - Aktien Schweiz ESG CHF PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1106443778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>116,410</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,070</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>117,550</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,510</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>118,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,780</x:t>
-[...399 lines deleted...]
-          <x:t>120,240</x:t>
+          <x:t>117,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,340</x:t>
+          <x:t>119,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>