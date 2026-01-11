--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R686443c1fce2434b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44f9df23fafa4931" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra83a957fbd2e475a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e0b98f3e08e4dd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0db3357156a84131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra83a957fbd2e475a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86d5ba0eca7b4450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e0b98f3e08e4dd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iNdx - Aktien Schweiz ESG CHF PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1106443778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>120,040</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,700</x:t>
-[...16 lines deleted...]
-          <x:t>119,760</x:t>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,720</x:t>
-[...92 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>120,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,100</x:t>
-[...21 lines deleted...]
-          <x:t>120,780</x:t>
+          <x:t>121,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,760</x:t>
-[...151 lines deleted...]
-          <x:t>122,060</x:t>
+          <x:t>122,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,480</x:t>
-[...85 lines deleted...]
-          <x:t>122,000</x:t>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>