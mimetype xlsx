--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44f9df23fafa4931" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e4c2f498f6e4173" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e0b98f3e08e4dd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bb149cfcdba4537"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86d5ba0eca7b4450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e0b98f3e08e4dd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4844e06ae4c49d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bb149cfcdba4537" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iNdx - Aktien Schweiz ESG CHF PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1106443778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,870</x:t>
-[...80 lines deleted...]
-          <x:t>123,910</x:t>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,580</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>124,670</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>