--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e4c2f498f6e4173" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb8e174f46b1445d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bb149cfcdba4537"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58accf3333e947b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4844e06ae4c49d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bb149cfcdba4537" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cb301c75a7c49bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58accf3333e947b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iNdx - Aktien Schweiz ESG CHF PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1106443778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>123,250</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>123,210</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,620</x:t>
-[...539 lines deleted...]
-          <x:t>128,260</x:t>
+          <x:t>123,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>