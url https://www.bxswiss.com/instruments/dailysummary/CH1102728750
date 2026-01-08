--- v0 (2025-10-16)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf53713028a984adb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d6d08e51b649d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf676b191914c417d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c55d15b6e9144f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28a86615d24746a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf676b191914c417d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R519dc2086c0f434d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c55d15b6e9144f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Cardano ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1102728750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>9,916</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>