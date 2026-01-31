--- v1 (2026-01-08)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d6d08e51b649d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f854121bec642f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c55d15b6e9144f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b0a97aa0804f9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R519dc2086c0f434d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c55d15b6e9144f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05c6fb4125194ba3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b0a97aa0804f9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Cardano ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1102728750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>5,891</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,616</x:t>
-[...60 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,492</x:t>
-[...225 lines deleted...]
-          <x:t>5,857</x:t>
+          <x:t>5,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>