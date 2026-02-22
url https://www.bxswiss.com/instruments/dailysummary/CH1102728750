--- v2 (2026-01-31)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f854121bec642f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c4f6a5171a14637" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b0a97aa0804f9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb1125a0e55942c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05c6fb4125194ba3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b0a97aa0804f9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57763da25cb64f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb1125a0e55942c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Cardano ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1102728750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>