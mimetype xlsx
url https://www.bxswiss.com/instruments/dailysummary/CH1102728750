--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c4f6a5171a14637" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06008aafdbe549b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb1125a0e55942c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf1b80124d4948bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57763da25cb64f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb1125a0e55942c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf26d77101144f27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf1b80124d4948bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Cardano ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1102728750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>3,545</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,942</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>3,637</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,734</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>10.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,662</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>13.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,821</x:t>
-[...144 lines deleted...]
-          <x:t>4,072</x:t>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>