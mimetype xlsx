--- v0 (2025-10-22)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b133ce3649b4042" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f78fead4f8944fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9afa9d613f474413"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22bc9d0af0a14d62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd72170caa96c403e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9afa9d613f474413" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38bd7b8140f24129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22bc9d0af0a14d62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Chainlink ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1100083471</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>