--- v1 (2025-11-14)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f78fead4f8944fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea39f339b46e4d49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22bc9d0af0a14d62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea6de8413b8141da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38bd7b8140f24129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22bc9d0af0a14d62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3657c1273f894272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea6de8413b8141da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Chainlink ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1100083471</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...441 lines deleted...]
-          <x:t>15,995</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,630</x:t>
-[...188 lines deleted...]
-          <x:t>15,754</x:t>
+          <x:t>15,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>