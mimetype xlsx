--- v2 (2025-12-27)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea39f339b46e4d49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdfa22a232a94067" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea6de8413b8141da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94a9d3ce6b584269"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3657c1273f894272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea6de8413b8141da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48988e2425754576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94a9d3ce6b584269" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Chainlink ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1100083471</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>13,693</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,008</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>12,775</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>