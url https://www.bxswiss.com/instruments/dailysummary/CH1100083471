--- v3 (2026-01-16)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdfa22a232a94067" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe712d2b850c47e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94a9d3ce6b584269"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3dc1517e99447b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48988e2425754576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94a9d3ce6b584269" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70f2ba59079143c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3dc1517e99447b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Chainlink ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1100083471</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>13,192</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,236</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>14,005</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>