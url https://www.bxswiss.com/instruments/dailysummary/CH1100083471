--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe712d2b850c47e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1318e41992cd4ab4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3dc1517e99447b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2089fee93eb34e23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70f2ba59079143c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3dc1517e99447b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac5a9da666db436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2089fee93eb34e23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Chainlink ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1100083471</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,293</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>