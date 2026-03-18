--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1318e41992cd4ab4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21262f7e7d674bfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2089fee93eb34e23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2b38b6366bc4f4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac5a9da666db436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2089fee93eb34e23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9c8abc619824578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2b38b6366bc4f4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Chainlink ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1100083471</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>10,014</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,393</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>8,914</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,995</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>9,687</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>