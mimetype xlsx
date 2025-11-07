--- v0 (2025-10-07)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0be4f67b444147f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3249572316264a0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R161667b275d44a8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf29826dbfad24112"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9fcaa58e6e340d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R161667b275d44a8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40089e1c85914fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf29826dbfad24112" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Cosmos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616828</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>3,760</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,715</x:t>
-[...75 lines deleted...]
-          <x:t>3,625</x:t>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,665</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>26.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,635</x:t>
-[...171 lines deleted...]
-          <x:t>3,820</x:t>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>