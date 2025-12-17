--- v1 (2025-11-07)
+++ v2 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3249572316264a0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1981d7cb2ba4f03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf29826dbfad24112"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0a94b2bdf4241bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40089e1c85914fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf29826dbfad24112" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4521289d463d47c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0a94b2bdf4241bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Cosmos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616828</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...252 lines deleted...]
-          <x:t>2,860</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,840</x:t>
-[...199 lines deleted...]
-        <x:is>
           <x:t>2,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,830</x:t>
-[...97 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,375</x:t>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,315</x:t>
-[...53 lines deleted...]
-          <x:t>2,315</x:t>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>