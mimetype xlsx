--- v2 (2025-12-17)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1981d7cb2ba4f03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e163c9bf95d44d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0a94b2bdf4241bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea9c904597d942d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4521289d463d47c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0a94b2bdf4241bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R537658586b694d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea9c904597d942d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Cosmos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616828</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>2,240</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,160</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>2,265</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,210</x:t>
-[...404 lines deleted...]
-          <x:t>1,840</x:t>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>