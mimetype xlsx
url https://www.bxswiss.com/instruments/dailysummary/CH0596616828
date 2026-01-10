--- v3 (2026-01-09)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e163c9bf95d44d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R068693a3376d4f5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea9c904597d942d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b94cdabcd6640c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R537658586b694d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea9c904597d942d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb07df7dcf054699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b94cdabcd6640c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Cosmos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616828</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,127 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,020</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,000</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>2,060</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,960</x:t>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>