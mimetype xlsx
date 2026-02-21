--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R068693a3376d4f5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e34c3449e1648c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b94cdabcd6640c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R886bfbe2e92549e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb07df7dcf054699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b94cdabcd6640c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd37e39967076425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R886bfbe2e92549e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Cosmos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616828</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,990</x:t>
+          <x:t>2,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,140</x:t>
-        </x:is>
-[...457 lines deleted...]
-          <x:t>2,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>