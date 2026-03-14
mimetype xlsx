--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e34c3449e1648c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ea45bc527744a74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R886bfbe2e92549e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b3f9f09982f4917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd37e39967076425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R886bfbe2e92549e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27a28f9526da4555" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b3f9f09982f4917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Cosmos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616828</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,180</x:t>
-[...4 lines deleted...]
-          <x:t>2,110</x:t>
+          <x:t>2,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,140</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,880</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>02.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,810</x:t>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,800</x:t>
-[...87 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,760</x:t>
+          <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,760</x:t>
-[...60 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,800</x:t>
-[...198 lines deleted...]
-          <x:t>2,140</x:t>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>