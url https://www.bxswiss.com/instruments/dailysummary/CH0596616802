--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4bae88bc51b49ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f419f306fb641ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbabfbbd299ec46ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31438a5ec1f6479c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2285336934d4349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbabfbbd299ec46ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbef80e93b6c44a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31438a5ec1f6479c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Cosmos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>3,355</x:t>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,335</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>3,355</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,375</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,355</x:t>
-[...37 lines deleted...]
-        <x:is>
           <x:t>3,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,325</x:t>
-[...31 lines deleted...]
-          <x:t>3,210</x:t>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>3,220</x:t>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,305</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...59 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,445</x:t>
-[...144 lines deleted...]
-          <x:t>3,265</x:t>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>