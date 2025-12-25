--- v1 (2025-10-31)
+++ v2 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f419f306fb641ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf49a85ed4b2c4fb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31438a5ec1f6479c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96282e1bc48242be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbef80e93b6c44a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31438a5ec1f6479c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R171795fe9fd7433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96282e1bc48242be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Cosmos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2,375</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>