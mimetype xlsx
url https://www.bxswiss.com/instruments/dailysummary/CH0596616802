--- v2 (2025-12-25)
+++ v3 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf49a85ed4b2c4fb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57d2f96292e34ceb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96282e1bc48242be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ffbc7f5a3974a11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R171795fe9fd7433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96282e1bc48242be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdb07777f0da4fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ffbc7f5a3974a11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Cosmos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>1,860</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,800</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>1,950</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,880</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>11.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,780</x:t>
-[...35 lines deleted...]
-        <x:is>
           <x:t>1,695</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>1,605</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>