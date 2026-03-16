--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57d2f96292e34ceb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad72e2e01ffe40d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ffbc7f5a3974a11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f1aa2e1df134812"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdb07777f0da4fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ffbc7f5a3974a11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c4f32d4aa4b48dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f1aa2e1df134812" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Cosmos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,920</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,880</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>28.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,800</x:t>
-[...26 lines deleted...]
-          <x:t>1,705</x:t>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,655</x:t>
-[...6 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>02.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,595</x:t>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>1,605</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,545</x:t>
-[...6 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,555</x:t>
+          <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,555</x:t>
-[...75 lines deleted...]
-          <x:t>1,465</x:t>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,525</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>1,695</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>