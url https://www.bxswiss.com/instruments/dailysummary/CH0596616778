--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3543d7215bad46d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7336d4e542524e6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R547e7c47671d48a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d4bd48b51784084"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce742b177655439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R547e7c47671d48a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e26639d70014154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d4bd48b51784084" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Algorand</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,775</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,755</x:t>
-[...43 lines deleted...]
-          <x:t>1,755</x:t>
+          <x:t>1,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,725</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,725</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...332 lines deleted...]
-          <x:t>1,615</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,615</x:t>
+          <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,615</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,645</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>25.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>26.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,525</x:t>
-[...139 lines deleted...]
-          <x:t>1,675</x:t>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>