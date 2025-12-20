--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7336d4e542524e6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R579f34f0b4ec4506" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d4bd48b51784084"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a7a638024d54dc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e26639d70014154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d4bd48b51784084" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0ef3e34e5a7449a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a7a638024d54dc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Algorand</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,370</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>