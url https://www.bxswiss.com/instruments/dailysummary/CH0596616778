--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R579f34f0b4ec4506" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85542975f17a48de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a7a638024d54dc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93ea915fdb2f465d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0ef3e34e5a7449a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a7a638024d54dc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2b7a78723884545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93ea915fdb2f465d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Algorand</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,005</x:t>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,005</x:t>
-[...53 lines deleted...]
-          <x:t>1,075</x:t>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,055</x:t>
-[...114 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
-        </x:is>
-[...202 lines deleted...]
-          <x:t>0,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>