--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85542975f17a48de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re79615cee8e94136" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93ea915fdb2f465d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43bc49c2840b4b1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2b7a78723884545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93ea915fdb2f465d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a7a1d56cc57420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43bc49c2840b4b1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Algorand</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>