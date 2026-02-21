--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re79615cee8e94136" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dedc62f44db47f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43bc49c2840b4b1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9279694e011d4817"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a7a1d56cc57420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43bc49c2840b4b1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc9a0bb943374cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9279694e011d4817" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Algorand</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,875</x:t>
-[...11 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,865</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,875</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,855</x:t>
-[...11 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,865</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,830</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,830</x:t>
-[...188 lines deleted...]
-          <x:t>1,035</x:t>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>