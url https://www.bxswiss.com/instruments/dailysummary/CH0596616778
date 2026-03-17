--- v5 (2026-02-21)
+++ v6 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dedc62f44db47f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68479d9398444865" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9279694e011d4817"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R717c87130c8f4e5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc9a0bb943374cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9279694e011d4817" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reae2b966c7a847f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R717c87130c8f4e5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Algorand</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>0,740</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...26 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>16.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,690</x:t>
-[...247 lines deleted...]
-          <x:t>0,670</x:t>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>