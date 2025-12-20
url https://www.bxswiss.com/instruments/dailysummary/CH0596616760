--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d242347fd4242f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dc0fcb4805e4cda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b99eaf318554fc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re56d216c7d9d4c97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41323847cb524049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b99eaf318554fc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8d0c945af064bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re56d216c7d9d4c97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Aave</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>27,655</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>