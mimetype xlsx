--- v1 (2025-12-20)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dc0fcb4805e4cda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5a832087a2444c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re56d216c7d9d4c97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1db1da774dc44f69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8d0c945af064bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re56d216c7d9d4c97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd362d6132ef94250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1db1da774dc44f69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Aave</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>15,365</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,655</x:t>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,100</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>18,170</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>