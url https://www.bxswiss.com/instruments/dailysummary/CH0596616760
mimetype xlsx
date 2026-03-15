--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5a832087a2444c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redccf71114f34fb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1db1da774dc44f69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25a41d7a28a94949"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd362d6132ef94250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1db1da774dc44f69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a8f76e9cfdf4457" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25a41d7a28a94949" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Aave</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>10,060</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,060</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>13.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,665</x:t>
-[...144 lines deleted...]
-          <x:t>11,555</x:t>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>