--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a36dd20deeb4604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbf6a89f80f1490f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9aba08a09b744ba6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e92e4df0df3495c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R055f0230ca7d4b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9aba08a09b744ba6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b7fbd9d56f94cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e92e4df0df3495c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Aave</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616752</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>23,050</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,505</x:t>
-[...21 lines deleted...]
-          <x:t>23,920</x:t>
+          <x:t>23,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,980</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...138 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,665</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>