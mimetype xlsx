--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbf6a89f80f1490f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9291b440895c430e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e92e4df0df3495c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46b3f9a9fade4e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b7fbd9d56f94cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e92e4df0df3495c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d799ef6eb7e46e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46b3f9a9fade4e69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Aave</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616752</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>19,685</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>