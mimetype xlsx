--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9291b440895c430e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda96bd6fd49e4ee9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46b3f9a9fade4e69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0484b3c5455e4f52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d799ef6eb7e46e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46b3f9a9fade4e69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b3950a2f1c2411e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0484b3c5455e4f52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Aave</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616752</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,455</x:t>
-[...215 lines deleted...]
-          <x:t>14,685</x:t>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,240</x:t>
-[...377 lines deleted...]
-          <x:t>15,970</x:t>
+          <x:t>14,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>