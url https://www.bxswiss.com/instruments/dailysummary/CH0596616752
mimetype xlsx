--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda96bd6fd49e4ee9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ebc26b402634b52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0484b3c5455e4f52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13be5dc88dc8423f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b3950a2f1c2411e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0484b3c5455e4f52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree45a6479abe4835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13be5dc88dc8423f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Aave</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616752</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>13,705</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,395</x:t>
-[...215 lines deleted...]
-          <x:t>14,665</x:t>
+          <x:t>13,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>