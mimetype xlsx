--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ebc26b402634b52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d69cb21e89345f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13be5dc88dc8423f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd65041135cb04c50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree45a6479abe4835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13be5dc88dc8423f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb53ce52d29f1478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd65041135cb04c50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Aave</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616752</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,030</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>10,820</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...36 lines deleted...]
-          <x:t>10,555</x:t>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,920</x:t>
-[...21 lines deleted...]
-          <x:t>8,820</x:t>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...262 lines deleted...]
-          <x:t>10,140</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>