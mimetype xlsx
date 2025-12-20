--- v0 (2025-11-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9b3f82d731c4d23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68c6886e31aa4c1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd64f94ddc0214c26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c45804f1f94061"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b2338d73a7e4368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd64f94ddc0214c26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58f23e9c7147475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c45804f1f94061" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Aave</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...603 lines deleted...]
-          <x:t>16,870</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,715</x:t>
-[...26 lines deleted...]
-          <x:t>15,780</x:t>
+          <x:t>15,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>