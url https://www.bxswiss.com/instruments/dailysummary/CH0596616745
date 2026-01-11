--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68c6886e31aa4c1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde1c63da7aa04a6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c45804f1f94061"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ab5a4f4f35646a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58f23e9c7147475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c45804f1f94061" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb62d9707354c46f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ab5a4f4f35646a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Aave</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,405</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>13,335</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>14,170</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>