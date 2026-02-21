--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde1c63da7aa04a6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfccb3d765a3b4fe7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ab5a4f4f35646a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64a8c3559fb644bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb62d9707354c46f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ab5a4f4f35646a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4a180b8f0a7499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64a8c3559fb644bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Aave</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...193 lines deleted...]
-          <x:t>12,100</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,725</x:t>
-[...26 lines deleted...]
-          <x:t>11,285</x:t>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...181 lines deleted...]
-          <x:t>12,990</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>