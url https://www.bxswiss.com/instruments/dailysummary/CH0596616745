--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfccb3d765a3b4fe7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53ddfe1b0b1a4e37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64a8c3559fb644bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dbd4422c059469d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4a180b8f0a7499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64a8c3559fb644bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e004d9c18e4818" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dbd4422c059469d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Aave</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,655</x:t>
-[...53 lines deleted...]
-          <x:t>9,190</x:t>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,635</x:t>
-[...296 lines deleted...]
-          <x:t>8,790</x:t>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>