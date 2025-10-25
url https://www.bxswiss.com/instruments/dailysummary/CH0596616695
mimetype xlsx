--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa472f1cc1284530" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde2085fc187b498a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f41d7d0c97c4ea7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66b73e569df643e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc84f8d19fee47eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f41d7d0c97c4ea7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5eb444929d347a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66b73e569df643e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Filecoin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,840</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,810</x:t>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,840</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>03.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>09.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,000</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>1,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,860</x:t>
-[...31 lines deleted...]
-          <x:t>1,900</x:t>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>