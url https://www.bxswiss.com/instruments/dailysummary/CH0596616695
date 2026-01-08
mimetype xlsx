--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde2085fc187b498a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c7227b939184d36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66b73e569df643e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72f9b48c6ef046fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5eb444929d347a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66b73e569df643e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4ea37da4c2042cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72f9b48c6ef046fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Filecoin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,375</x:t>
-[...80 lines deleted...]
-          <x:t>1,315</x:t>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...112 lines deleted...]
-          <x:t>1,265</x:t>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,265</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1,265</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>