--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c7227b939184d36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd00448501ad147c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72f9b48c6ef046fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe0a2fd7919e4e15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4ea37da4c2042cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72f9b48c6ef046fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeea2357ed3c4def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe0a2fd7919e4e15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Filecoin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>1,140</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,080</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>1,070</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...32 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,040</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>1,010</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>1,230</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>