--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3808c6cf84474b13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9781015b82e4757" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7463613f35b245a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf06e7f918bb44b65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc45e13a1bec4672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7463613f35b245a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9758d210e5b46f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf06e7f918bb44b65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Tezos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612116</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>6,690</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,690</x:t>
+          <x:t>6,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>6,475</x:t>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,540</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>26.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,265</x:t>
-[...225 lines deleted...]
-          <x:t>6,395</x:t>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>