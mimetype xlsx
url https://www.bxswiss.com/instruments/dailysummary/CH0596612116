--- v1 (2025-10-30)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9781015b82e4757" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rded60b124f2740f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf06e7f918bb44b65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40aaff6ac4914a3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9758d210e5b46f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf06e7f918bb44b65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2310631f7e524190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40aaff6ac4914a3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Tezos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612116</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>5,250</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>