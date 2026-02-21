--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rded60b124f2740f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7375a6aa162b493f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40aaff6ac4914a3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refa3de95f8e648e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2310631f7e524190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40aaff6ac4914a3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc3de30b93a5436b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refa3de95f8e648e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Tezos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612116</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,115</x:t>
-[...16 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,740</x:t>
-[...53 lines deleted...]
-          <x:t>4,680</x:t>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,660</x:t>
-[...124 lines deleted...]
-          <x:t>4,610</x:t>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,560</x:t>
-[...350 lines deleted...]
-          <x:t>4,110</x:t>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>