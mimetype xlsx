--- v3 (2026-02-21)
+++ v4 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7375a6aa162b493f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R400f16be1151436e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refa3de95f8e648e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red89c48decd440b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc3de30b93a5436b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refa3de95f8e648e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56647159895f4720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red89c48decd440b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Tezos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612116</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>3,870</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,860</x:t>
-[...6 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,795</x:t>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,775</x:t>
-[...6 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,755</x:t>
-[...4 lines deleted...]
-          <x:t>3,615</x:t>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>3,785</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,635</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...155 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>