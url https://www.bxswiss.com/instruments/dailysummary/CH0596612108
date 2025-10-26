--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c7299e506b549eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38b66b028f074f53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R935aef880bdd42d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60cb29d27b304761"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4b64d1a2a974581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R935aef880bdd42d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra035ec1757004919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60cb29d27b304761" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Tezos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>6,325</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,255</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>6,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,130</x:t>
-[...313 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,970</x:t>
-[...26 lines deleted...]
-          <x:t>5,940</x:t>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,910</x:t>
-[...124 lines deleted...]
-          <x:t>5,655</x:t>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,515</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>6,110</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>