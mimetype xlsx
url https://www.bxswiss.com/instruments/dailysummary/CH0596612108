--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38b66b028f074f53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc5081fcc8204004" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60cb29d27b304761"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R936391541e3543bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra035ec1757004919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60cb29d27b304761" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb08cef00e5c64c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R936391541e3543bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Tezos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>5,260</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,220</x:t>
-[...151 lines deleted...]
-          <x:t>5,270</x:t>
+          <x:t>4,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,035</x:t>
-        </x:is>
-[...57 lines deleted...]
-          <x:t>5,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>