--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc5081fcc8204004" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re978686ed3b44b6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R936391541e3543bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9e358d548dd4d7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb08cef00e5c64c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R936391541e3543bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5efbebc6abd64ac5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9e358d548dd4d7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Tezos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>4,215</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,245</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,235</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>12.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,255</x:t>
-[...16 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,950</x:t>
-[...11 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,950</x:t>
-[...333 lines deleted...]
-          <x:t>5,035</x:t>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>