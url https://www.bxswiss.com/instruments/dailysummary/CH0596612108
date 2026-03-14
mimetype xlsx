--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re978686ed3b44b6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8da06481b1df469b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9e358d548dd4d7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re080ea1bad6b4edd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5efbebc6abd64ac5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9e358d548dd4d7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ee9dd387d954f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re080ea1bad6b4edd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Tezos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>3,450</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,430</x:t>
-[...6 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,330</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,380</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>3,240</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,220</x:t>
-[...102 lines deleted...]
-          <x:t>3,340</x:t>
+          <x:t>3,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,270</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>3,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,165</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>3,290</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>