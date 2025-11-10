--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d58134c15034d29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dc547513d0b46bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1de56afd9575414f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ba98f96e9a640f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc50e8ad3b3e749a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1de56afd9575414f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ac7150f41454e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ba98f96e9a640f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Chainlink</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>21,485</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>