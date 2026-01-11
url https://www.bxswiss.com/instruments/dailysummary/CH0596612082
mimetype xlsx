--- v1 (2025-11-10)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dc547513d0b46bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62cd56c23eb2497c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ba98f96e9a640f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1a5dc2e12c84125"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ac7150f41454e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ba98f96e9a640f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc7a32c9341d43b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1a5dc2e12c84125" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Chainlink</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...549 lines deleted...]
-          <x:t>14,160</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,595</x:t>
-[...16 lines deleted...]
-          <x:t>14,355</x:t>
+          <x:t>13,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,355</x:t>
+          <x:t>12,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>