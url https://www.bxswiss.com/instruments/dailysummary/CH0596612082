--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62cd56c23eb2497c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c66234f1aa24f56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1a5dc2e12c84125"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R882f32163d1a4723"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc7a32c9341d43b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1a5dc2e12c84125" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58dfa80a08dc4626" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R882f32163d1a4723" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Chainlink</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>12,255</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,545</x:t>
-[...296 lines deleted...]
-          <x:t>12,465</x:t>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>