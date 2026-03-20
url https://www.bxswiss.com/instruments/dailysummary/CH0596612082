--- v3 (2026-02-21)
+++ v4 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c66234f1aa24f56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc2667fe8c254747" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R882f32163d1a4723"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28e7173f8f7e41a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58dfa80a08dc4626" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R882f32163d1a4723" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra20f078b84c64db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28e7173f8f7e41a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Chainlink</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>8,910</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,970</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>8,910</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,970</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...224 lines deleted...]
-          <x:t>8,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,150</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>8,385</x:t>
-        </x:is>
-[...67 lines deleted...]
-          <x:t>8,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>