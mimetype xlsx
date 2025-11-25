--- v0 (2025-10-04)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R579084d98c0c45b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45572d84a23b4d66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63bf76c1d80c412d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6bc37ca0d4a4c73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R930727d033434965" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63bf76c1d80c412d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2be4c94b1fc4ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6bc37ca0d4a4c73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Chainlink</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>17,735</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>