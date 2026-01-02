--- v1 (2025-11-25)
+++ v2 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45572d84a23b4d66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99c383e94ad243bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6bc37ca0d4a4c73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30daf3a0bbce42f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2be4c94b1fc4ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6bc37ca0d4a4c73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fb43064caa84ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30daf3a0bbce42f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Chainlink</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...279 lines deleted...]
-          <x:t>12,325</x:t>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,325</x:t>
-[...168 lines deleted...]
-          <x:t>18.11.2025</x:t>
+          <x:t>11,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,910</x:t>
-[...75 lines deleted...]
-          <x:t>9,920</x:t>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,425</x:t>
-[...31 lines deleted...]
-          <x:t>10,255</x:t>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>