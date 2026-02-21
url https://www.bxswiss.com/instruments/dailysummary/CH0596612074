--- v2 (2026-01-02)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99c383e94ad243bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0396994452154680" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30daf3a0bbce42f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c2f704a47b349c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fb43064caa84ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30daf3a0bbce42f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd730d59736254f5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c2f704a47b349c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Chainlink</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,770</x:t>
-[...468 lines deleted...]
-          <x:t>9,870</x:t>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>