--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3bc020065614428" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf410ea7f57984975" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R587237a91bc74c9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94f90bc65f9140fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6834975e52af41fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R587237a91bc74c9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e1fca4b1ce547b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94f90bc65f9140fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Chainlink</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>17,780</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,200</x:t>
-[...183 lines deleted...]
-          <x:t>17,295</x:t>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>15,525</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,495</x:t>
-[...80 lines deleted...]
-          <x:t>16,840</x:t>
+          <x:t>14,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>