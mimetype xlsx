--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf410ea7f57984975" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eaed4deb8014f2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94f90bc65f9140fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5085b6b1dea545ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e1fca4b1ce547b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94f90bc65f9140fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b0a88a8f9974036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5085b6b1dea545ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Chainlink</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,443 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>15,525</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,495</x:t>
-[...290 lines deleted...]
-        <x:is>
           <x:t>14,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,220</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>