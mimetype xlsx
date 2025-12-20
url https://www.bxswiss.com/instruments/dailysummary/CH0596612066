--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eaed4deb8014f2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ed2f9427d4445ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5085b6b1dea545ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b199c6b98fd4f1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b0a88a8f9974036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5085b6b1dea545ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R532cf0d54ddc4a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b199c6b98fd4f1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Chainlink</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...495 lines deleted...]
-          <x:t>11,485</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,020</x:t>
-[...134 lines deleted...]
-          <x:t>11,345</x:t>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>