--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ed2f9427d4445ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4a3b9eb47c642df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b199c6b98fd4f1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a7d42feff914cc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R532cf0d54ddc4a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b199c6b98fd4f1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10346cd8d4b4472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a7d42feff914cc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Chainlink</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>9,840</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>9,435</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>