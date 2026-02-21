--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4a3b9eb47c642df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfed7fa6f3fc4503" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a7d42feff914cc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc83aab74dfff44b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10346cd8d4b4472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a7d42feff914cc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78255e365a88458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc83aab74dfff44b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Chainlink</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>9,625</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,585</x:t>
-[...48 lines deleted...]
-          <x:t>9,120</x:t>
+          <x:t>9,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,180</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>10,030</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>