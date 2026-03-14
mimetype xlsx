--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfed7fa6f3fc4503" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9733b22daec4fa6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc83aab74dfff44b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6dca263bbbc40dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78255e365a88458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc83aab74dfff44b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc3a5f0fa63d4921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6dca263bbbc40dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Chainlink</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596612066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>6,535</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,980</x:t>
-[...16 lines deleted...]
-          <x:t>5,790</x:t>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,780</x:t>
+          <x:t>6,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,305</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>18.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,445</x:t>
-[...63 lines deleted...]
-          <x:t>6,395</x:t>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>