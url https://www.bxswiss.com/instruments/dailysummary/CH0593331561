--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aeb8c4c6ecc4820" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R459b291d5d2144e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70ae3e539bad4026"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd435c2e8a0dd4ecf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5c5c5c18ceb4032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70ae3e539bad4026" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4342ab9d16254163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd435c2e8a0dd4ecf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Polkadot ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0593331561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,591</x:t>
-[...21 lines deleted...]
-          <x:t>1,604</x:t>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,590</x:t>
-[...16 lines deleted...]
-          <x:t>1,611</x:t>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,591</x:t>
+          <x:t>1,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,633</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,668</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,632</x:t>
-[...485 lines deleted...]
-          <x:t>1,637</x:t>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>