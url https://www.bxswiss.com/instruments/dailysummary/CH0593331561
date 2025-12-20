--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R459b291d5d2144e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70a7febad8144678" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd435c2e8a0dd4ecf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78443bc156934fa5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4342ab9d16254163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd435c2e8a0dd4ecf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4af444befb684dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78443bc156934fa5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Polkadot ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0593331561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,128</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>