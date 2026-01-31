--- v2 (2025-12-20)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70a7febad8144678" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R221f7dd995da4c2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78443bc156934fa5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a73d630a2a34f1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4af444befb684dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78443bc156934fa5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ad13befdc14ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a73d630a2a34f1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Polkadot ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0593331561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,902</x:t>
-[...26 lines deleted...]
-          <x:t>0,914</x:t>
+          <x:t>0,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,884</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>0,851</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>0,727</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,731</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,705</x:t>
-[...11 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,732</x:t>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,694</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,720</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>