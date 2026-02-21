--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R221f7dd995da4c2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30685f9876444fc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a73d630a2a34f1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21356d6736d046c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ad13befdc14ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a73d630a2a34f1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2916c77b329943ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21356d6736d046c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Polkadot ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0593331561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>0,778</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,773</x:t>
-[...16 lines deleted...]
-          <x:t>0,770</x:t>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,742</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,764</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,752</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>0,739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
@@ -710,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>