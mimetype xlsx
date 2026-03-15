--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30685f9876444fc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc9fecd891894e9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21356d6736d046c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a2a144703004034"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2916c77b329943ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21356d6736d046c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R742d6f162aaa437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a2a144703004034" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Polkadot ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0593331561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,598</x:t>
-[...21 lines deleted...]
-          <x:t>0,581</x:t>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,563</x:t>
-[...6 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,576</x:t>
-        </x:is>
-[...332 lines deleted...]
-          <x:t>0,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>