--- v0 (2025-10-27)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5cdbde1030d4a7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6ca8d09cf3d41f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dd7849a1bbc47e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e2e1a01b3754c4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9dba5f5b8604486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dd7849a1bbc47e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01fd8d4147354d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e2e1a01b3754c4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH - SPI ESG (CHF) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0590186661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>16,785</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,752</x:t>
-[...431 lines deleted...]
-          <x:t>16,941</x:t>
+          <x:t>16,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>