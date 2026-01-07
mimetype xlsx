--- v1 (2025-11-16)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6ca8d09cf3d41f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21275395c0774b7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e2e1a01b3754c4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf235b43af1c047f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01fd8d4147354d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e2e1a01b3754c4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7f01a1fb2504950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf235b43af1c047f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH - SPI ESG (CHF) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0590186661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...554 lines deleted...]
-          <x:t>17,132</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,218</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>17,030</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>