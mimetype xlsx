--- v2 (2026-01-07)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21275395c0774b7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree9b7f1bab0043ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf235b43af1c047f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45a425adb89e42b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7f01a1fb2504950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf235b43af1c047f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f5600d4223f4f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45a425adb89e42b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH - SPI ESG (CHF) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0590186661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>17,537</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,666</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>17,653</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,651</x:t>
-[...112 lines deleted...]
-          <x:t>17,922</x:t>
+          <x:t>17,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>