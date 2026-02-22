--- v3 (2026-02-02)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree9b7f1bab0043ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc97c3195ae134ac5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45a425adb89e42b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22c56a80798a4cc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f5600d4223f4f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45a425adb89e42b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R121b6ac5ddd847b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22c56a80798a4cc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH - SPI ESG (CHF) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0590186661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>17,872</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,953</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>14.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,001</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>17,820</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>