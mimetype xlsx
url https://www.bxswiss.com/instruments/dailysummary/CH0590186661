--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc97c3195ae134ac5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae10d70605a34f8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22c56a80798a4cc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd38d6652d1d546ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R121b6ac5ddd847b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22c56a80798a4cc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97f493f0fd4f496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd38d6652d1d546ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH - SPI ESG (CHF) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0590186661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>18,194</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,001</x:t>
-[...350 lines deleted...]
-          <x:t>18,662</x:t>
+          <x:t>17,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>