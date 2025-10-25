--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a11f4b0c35f40b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf871556681fd4a36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eb7464f545c4595"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebf1fe36c6504b6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R552b01838aa54110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eb7464f545c4595" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05b8c44b6d2a4d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebf1fe36c6504b6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMINA Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0587418630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>3,269</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>3,100</x:t>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,109</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>3,383</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>