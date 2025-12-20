--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf871556681fd4a36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b96047d354d414e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebf1fe36c6504b6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf156dee680b44993"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05b8c44b6d2a4d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebf1fe36c6504b6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9fc64f8794f49dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf156dee680b44993" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMINA Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0587418630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2,956</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>