--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b96047d354d414e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R187568f690544a3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf156dee680b44993"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ea50d32b739471a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9fc64f8794f49dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf156dee680b44993" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R159facf40e4249da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ea50d32b739471a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMINA Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0587418630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,293</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,277</x:t>
-[...16 lines deleted...]
-          <x:t>2,350</x:t>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,254</x:t>
-[...426 lines deleted...]
-          <x:t>2,441</x:t>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,371</x:t>
-        </x:is>
-[...165 lines deleted...]
-          <x:t>2,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>