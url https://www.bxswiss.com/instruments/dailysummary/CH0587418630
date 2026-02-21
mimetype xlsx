--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R187568f690544a3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc8b7c53db204412" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ea50d32b739471a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4feed6eb85d94fa6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R159facf40e4249da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ea50d32b739471a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5eee37099fd431d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4feed6eb85d94fa6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMINA Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0587418630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>2,258</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,219</x:t>
-[...323 lines deleted...]
-          <x:t>2,371</x:t>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>