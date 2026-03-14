--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc8b7c53db204412" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50a77ae4849a4c6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4feed6eb85d94fa6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cf3c8c7d6ea4609"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5eee37099fd431d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4feed6eb85d94fa6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fab4a629c104262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cf3c8c7d6ea4609" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMINA Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0587418630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,510</x:t>
-[...4 lines deleted...]
-          <x:t>1,375</x:t>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,493</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>1,465</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,439</x:t>
-[...146 lines deleted...]
-          <x:t>18.02.2026</x:t>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,488</x:t>
-[...63 lines deleted...]
-          <x:t>1,443</x:t>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>