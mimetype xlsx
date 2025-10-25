--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfb4271e8b2746be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8972db5717e4cf0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3cba6b65191415b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbea5e987ab214ea0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac2ad8a22a9c41f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3cba6b65191415b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab5d2cc9ba4542cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbea5e987ab214ea0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Finanzlab Multi Index Fund CHF IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0582155336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>121,830</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,810</x:t>
-[...26 lines deleted...]
-          <x:t>121,870</x:t>
+          <x:t>121,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>122,280</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,890</x:t>
-[...80 lines deleted...]
-          <x:t>122,340</x:t>
+          <x:t>122,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,440</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,400</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>122,580</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,540</x:t>
-[...264 lines deleted...]
-          <x:t>122,580</x:t>
+          <x:t>122,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,620</x:t>
-        </x:is>
-[...106 lines deleted...]
-          <x:t>122,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>