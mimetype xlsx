--- v1 (2025-10-25)
+++ v2 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8972db5717e4cf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a0903a5cee14a20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbea5e987ab214ea0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdac14e9fe8e3470e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab5d2cc9ba4542cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbea5e987ab214ea0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b40ccaead1c477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdac14e9fe8e3470e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Finanzlab Multi Index Fund CHF IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0582155336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>122,440</x:t>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,420</x:t>
+          <x:t>122,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,680</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...199 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,840</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>122,620</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>