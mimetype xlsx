--- v2 (2025-12-28)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a0903a5cee14a20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3cd346dc2764daa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdac14e9fe8e3470e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f1d1483897248e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b40ccaead1c477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdac14e9fe8e3470e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfbefbfcb3074cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f1d1483897248e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Finanzlab Multi Index Fund CHF IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0582155336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>122,720</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,880</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>123,280</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,240</x:t>
-[...6 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>123,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,580</x:t>
-[...333 lines deleted...]
-          <x:t>123,560</x:t>
+          <x:t>123,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>