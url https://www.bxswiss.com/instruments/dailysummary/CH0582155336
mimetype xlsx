--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3cd346dc2764daa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99550ee3e31e4cc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f1d1483897248e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3cbf608ad274d8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfbefbfcb3074cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f1d1483897248e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2ebea9d7d774d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3cbf608ad274d8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Finanzlab Multi Index Fund CHF IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0582155336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,280</x:t>
-[...4 lines deleted...]
-          <x:t>122,740</x:t>
+          <x:t>122,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,880</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>123,480</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,400</x:t>
-[...512 lines deleted...]
-          <x:t>124,100</x:t>
+          <x:t>123,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>