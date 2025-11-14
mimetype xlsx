--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52141142f60f48b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbf6c77a230f4e00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57523c45e9ca46da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1e23a09f4fa4f5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a1a15e8a9b140da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57523c45e9ca46da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ff6a6f72716404d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1e23a09f4fa4f5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMINA Crypto Asset Select Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0568452707</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>37,974</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>