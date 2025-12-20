--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbf6c77a230f4e00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65a760b082a54cfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1e23a09f4fa4f5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996734d54fac4b5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ff6a6f72716404d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1e23a09f4fa4f5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac882453bb99430e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996734d54fac4b5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMINA Crypto Asset Select Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0568452707</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>29,014</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>