--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65a760b082a54cfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re42aa4f3724a4a24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996734d54fac4b5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76c60a8f39ee4a3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac882453bb99430e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996734d54fac4b5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radcc85bce9724b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76c60a8f39ee4a3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMINA Crypto Asset Select Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0568452707</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>24,896</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,397</x:t>
-[...354 lines deleted...]
-        <x:is>
           <x:t>25,105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,922</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>