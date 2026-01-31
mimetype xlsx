--- v3 (2026-01-11)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re42aa4f3724a4a24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7975b23a523e4224" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76c60a8f39ee4a3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d3f3a1bc7af4843"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radcc85bce9724b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76c60a8f39ee4a3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re838f0d57068429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d3f3a1bc7af4843" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMINA Crypto Asset Select Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0568452707</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>