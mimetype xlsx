--- v4 (2026-01-31)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7975b23a523e4224" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcdc222b62ef4225" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d3f3a1bc7af4843"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6216f08ad0004267"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re838f0d57068429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d3f3a1bc7af4843" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R024202c72b074ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6216f08ad0004267" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMINA Crypto Asset Select Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0568452707</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,178</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>