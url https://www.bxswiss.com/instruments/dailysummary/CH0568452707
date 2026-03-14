--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcdc222b62ef4225" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R746643551f0a4dc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6216f08ad0004267"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R798fec07a4de4216"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R024202c72b074ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6216f08ad0004267" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23e6ef30f5ae4718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R798fec07a4de4216" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMINA Crypto Asset Select Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0568452707</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,423</x:t>
-[...70 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>16,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,850</x:t>
-[...198 lines deleted...]
-          <x:t>16,984</x:t>
+          <x:t>17,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>