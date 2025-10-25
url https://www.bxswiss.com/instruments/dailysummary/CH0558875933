--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re84035fff1f245a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48854c25d6684c14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R468733201ad845e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a8f7903f873421a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66260a4f44754fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R468733201ad845e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6be5555803b54bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a8f7903f873421a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMINA Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0558875933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>8,616</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,383</x:t>
-[...33 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,494</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>8,639</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,502</x:t>
-[...215 lines deleted...]
-          <x:t>9,153</x:t>
+          <x:t>8,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>