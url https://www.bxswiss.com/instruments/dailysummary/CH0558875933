--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48854c25d6684c14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3c2d0aed7744d0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a8f7903f873421a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5818ae8436646a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6be5555803b54bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a8f7903f873421a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d218d2fa52405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5818ae8436646a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMINA Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0558875933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>8,333</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>