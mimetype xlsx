--- v2 (2026-01-08)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3c2d0aed7744d0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2dcb6cb4cb1452f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5818ae8436646a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d9d0b8f22394b28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d218d2fa52405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5818ae8436646a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca222b9cc46240e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d9d0b8f22394b28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMINA Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0558875933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>6,740</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,764</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>6,952</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>