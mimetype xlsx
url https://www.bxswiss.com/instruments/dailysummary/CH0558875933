--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2dcb6cb4cb1452f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb15012b4486415c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d9d0b8f22394b28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re521635d07bd461b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca222b9cc46240e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d9d0b8f22394b28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b8d58de69034561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re521635d07bd461b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMINA Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0558875933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,384 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>7,156</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,117</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>6,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,816</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,679</x:t>
         </x:is>
       </x:c>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>