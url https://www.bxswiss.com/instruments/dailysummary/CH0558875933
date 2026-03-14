--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb15012b4486415c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re17fb96c34d34a2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re521635d07bd461b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0398ca24d5e48ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b8d58de69034561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re521635d07bd461b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3f0c071298c43c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0398ca24d5e48ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMINA Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0558875933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>4,995</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,064</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>10.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,077</x:t>
-[...31 lines deleted...]
-          <x:t>4,815</x:t>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,890</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>4,828</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,834</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>5,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,889</x:t>
-[...65 lines deleted...]
-          <x:t>20.02.2026</x:t>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,036</x:t>
-[...4 lines deleted...]
-          <x:t>4,877</x:t>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>