--- v0 (2025-10-07)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c3f2a8f7e864dcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b59e6dae4154b3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9d7f16bba8148fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04123d0e0f4840c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9aa67af0668e466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9d7f16bba8148fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racbb93d1f20046ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04123d0e0f4840c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitcoin Capital 15FiCAS Active Crypto ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0548689600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>291,213</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>