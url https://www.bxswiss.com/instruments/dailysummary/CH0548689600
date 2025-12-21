--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b59e6dae4154b3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re795c209f3184513" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04123d0e0f4840c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cd21c4d38014bd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racbb93d1f20046ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04123d0e0f4840c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R951273d9b81f4c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cd21c4d38014bd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitcoin Capital 15FiCAS Active Crypto ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0548689600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,832</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>