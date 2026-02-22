--- v2 (2025-12-21)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re795c209f3184513" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf019aeb704f46f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cd21c4d38014bd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb09369e958b4927"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R951273d9b81f4c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cd21c4d38014bd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e30832c3d4449f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb09369e958b4927" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitcoin Capital 15FiCAS Active Crypto ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0548689600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>183,156</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>