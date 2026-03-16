--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf019aeb704f46f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ee2dd152ae64d27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb09369e958b4927"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66cc8b4eeb0541f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e30832c3d4449f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb09369e958b4927" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8c793158ed045af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66cc8b4eeb0541f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitcoin Capital 15FiCAS Active Crypto ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0548689600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>