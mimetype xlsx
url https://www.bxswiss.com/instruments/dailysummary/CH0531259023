--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R849c1af98a354d1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad0d6a5dbed5409c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc70dff8e8fb4315"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R334c6363fbb74754"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R189200a5620b493e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc70dff8e8fb4315" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re711ab9a11b94609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R334c6363fbb74754" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JSS Commodity - Diversified USD IHD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0531259023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,650</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>02.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>106,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>106,050</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>105,850</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...251 lines deleted...]
-          <x:t>106,950</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,850</x:t>
+          <x:t>109,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>106,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>