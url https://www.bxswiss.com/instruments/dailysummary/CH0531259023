--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad0d6a5dbed5409c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra31a27b51369466f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R334c6363fbb74754"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11c4f1415a4d4426"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re711ab9a11b94609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R334c6363fbb74754" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdd42bb1eab440bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11c4f1415a4d4426" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JSS Commodity - Diversified USD IHD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0531259023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>107,250</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,550</x:t>
-[...43 lines deleted...]
-          <x:t>107,850</x:t>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,650</x:t>
-[...38 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,550</x:t>
-[...301 lines deleted...]
-          <x:t>107,650</x:t>
+          <x:t>108,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,950</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>108,650</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,550</x:t>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>