--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra31a27b51369466f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52d798bf977f469c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11c4f1415a4d4426"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7804ef0ff76498e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdd42bb1eab440bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11c4f1415a4d4426" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc28a8534a054248" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7804ef0ff76498e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JSS Commodity - Diversified USD IHD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0531259023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>110,050</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>110,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>109,950</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>20.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,750</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,950</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,450</x:t>
-[...151 lines deleted...]
-          <x:t>109,650</x:t>
+          <x:t>110,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,650</x:t>
-[...16 lines deleted...]
-          <x:t>110,950</x:t>
+          <x:t>110,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,750</x:t>
-[...97 lines deleted...]
-          <x:t>112,150</x:t>
+          <x:t>112,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,850</x:t>
+          <x:t>114,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>108,850</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>