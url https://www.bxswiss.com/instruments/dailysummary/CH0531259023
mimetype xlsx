--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52d798bf977f469c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dc469ebbfa44a33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7804ef0ff76498e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36285925d8b7463d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc28a8534a054248" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7804ef0ff76498e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra41646c553c8439d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36285925d8b7463d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JSS Commodity - Diversified USD IHD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0531259023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>113,900</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>