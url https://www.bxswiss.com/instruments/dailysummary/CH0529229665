--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R882a16ab6748480d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c60d8b5440943f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc7410cabb054440"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R883be581a1444777"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racbd79fa665c4503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc7410cabb054440" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1efcef156b6e4b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R883be581a1444777" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Format - Aktien Schweiz mittlere &amp; kleinere Firmen AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0529229665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>149,910</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,970</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>148,870</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,310</x:t>
-[...53 lines deleted...]
-          <x:t>149,530</x:t>
+          <x:t>147,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,130</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>152,680</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>