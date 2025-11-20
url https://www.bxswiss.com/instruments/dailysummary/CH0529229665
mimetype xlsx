--- v1 (2025-10-31)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c60d8b5440943f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda9aafeec3c847c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R883be581a1444777"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90100b8d3bcc46a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1efcef156b6e4b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R883be581a1444777" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c49cfe4a4c346b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90100b8d3bcc46a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Format - Aktien Schweiz mittlere &amp; kleinere Firmen AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0529229665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>148,470</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,910</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...383 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,350</x:t>
-[...225 lines deleted...]
-          <x:t>150,600</x:t>
+          <x:t>147,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>