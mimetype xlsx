--- v2 (2025-11-20)
+++ v3 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda9aafeec3c847c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7c8a1008c9441c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90100b8d3bcc46a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f8c5aa6568446f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c49cfe4a4c346b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90100b8d3bcc46a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceeda6abd31e4647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f8c5aa6568446f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Format - Aktien Schweiz mittlere &amp; kleinere Firmen AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0529229665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>146,770</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,230</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>21.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,190</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>147,110</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,450</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,130</x:t>
-[...4 lines deleted...]
-          <x:t>149,370</x:t>
+          <x:t>150,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,030</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>140,830</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>