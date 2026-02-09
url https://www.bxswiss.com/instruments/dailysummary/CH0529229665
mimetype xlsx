--- v3 (2025-12-17)
+++ v4 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7c8a1008c9441c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b0df4da1e5943d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f8c5aa6568446f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R975ca26917d449f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceeda6abd31e4647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f8c5aa6568446f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d0bbc778d6c44c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R975ca26917d449f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Format - Aktien Schweiz mittlere &amp; kleinere Firmen AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0529229665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>149,390</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>