--- v4 (2026-02-09)
+++ v5 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b0df4da1e5943d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d86616f0ad9408c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R975ca26917d449f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec36dd8955ac4a25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d0bbc778d6c44c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R975ca26917d449f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63cf8f6bb7314cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec36dd8955ac4a25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Format - Aktien Schweiz mittlere &amp; kleinere Firmen AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0529229665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,020</x:t>
-[...549 lines deleted...]
-          <x:t>158,970</x:t>
+          <x:t>155,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>