--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra088c532796f4aac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec08e6260e4849fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a8bf71e90c14623"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf4c0136197340ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeca3cc539f04494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a8bf71e90c14623" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b1a4b0316c04ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf4c0136197340ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Format - Aktien Schweiz AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0529229616</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>12.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,360</x:t>
-[...53 lines deleted...]
-          <x:t>158,240</x:t>
+          <x:t>158,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,990</x:t>
-[...146 lines deleted...]
-          <x:t>156,710</x:t>
+          <x:t>157,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,190</x:t>
-[...38 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>154,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,670</x:t>
-[...225 lines deleted...]
-          <x:t>159,240</x:t>
+          <x:t>155,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>