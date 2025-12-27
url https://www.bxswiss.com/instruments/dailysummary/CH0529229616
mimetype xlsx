--- v1 (2025-10-31)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec08e6260e4849fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0459ae4dc1e44f60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf4c0136197340ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaf517061a8f4603"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b1a4b0316c04ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf4c0136197340ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59b81c71448e4bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaf517061a8f4603" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Format - Aktien Schweiz AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0529229616</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>155,490</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,490</x:t>
+          <x:t>157,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>158,140</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,630</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>07.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,280</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>08.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,460</x:t>
-[...441 lines deleted...]
-          <x:t>156,370</x:t>
+          <x:t>160,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>