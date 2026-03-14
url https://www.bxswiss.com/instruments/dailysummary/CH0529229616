--- v2 (2025-12-27)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0459ae4dc1e44f60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ebafd3cafb744af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaf517061a8f4603"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bf526f63ac2483d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59b81c71448e4bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaf517061a8f4603" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3846fe31401e4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bf526f63ac2483d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Format - Aktien Schweiz AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0529229616</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>154,250</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,250</x:t>
-[...512 lines deleted...]
-          <x:t>159,880</x:t>
+          <x:t>150,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>