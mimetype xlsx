--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64821ea14cdc4e4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b3246fed4684c2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3be0dbfaa22e4fb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6d6531af4824fdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c529c292e9440cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3be0dbfaa22e4fb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d3b511cca324958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6d6531af4824fdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Sygnum Platform Winners Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0508793459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>