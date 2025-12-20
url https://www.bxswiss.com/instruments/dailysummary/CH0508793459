--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b3246fed4684c2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd0fbbfb4616477a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6d6531af4824fdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2033024f433f45aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d3b511cca324958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6d6531af4824fdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61eef3f066c64198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2033024f433f45aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Sygnum Platform Winners Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0508793459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>14,871</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>