--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd0fbbfb4616477a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1064d87a3d514c76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2033024f433f45aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref7e474c2c1f4941"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61eef3f066c64198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2033024f433f45aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8a323aabb594bd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref7e474c2c1f4941" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Sygnum Platform Winners Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0508793459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>12,581</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,322</x:t>
-[...178 lines deleted...]
-          <x:t>12,441</x:t>
+          <x:t>12,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,397</x:t>
-[...215 lines deleted...]
-          <x:t>10,783</x:t>
+          <x:t>11,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>