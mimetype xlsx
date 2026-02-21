--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1064d87a3d514c76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfafd15daf80b43b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref7e474c2c1f4941"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87a0645b15f94d39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8a323aabb594bd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref7e474c2c1f4941" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4d8f5e2017a47c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87a0645b15f94d39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Sygnum Platform Winners Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0508793459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>11,740</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>