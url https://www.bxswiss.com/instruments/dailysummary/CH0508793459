--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfafd15daf80b43b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86ab58b88e3740e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87a0645b15f94d39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ec5443875634662"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4d8f5e2017a47c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87a0645b15f94d39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R297453927c514faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ec5443875634662" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Sygnum Platform Winners Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0508793459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>7,519</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,778</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>8,109</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,858</x:t>
-[...38 lines deleted...]
-          <x:t>7,966</x:t>
+          <x:t>8,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,731</x:t>
+          <x:t>8,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,846</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>7,852</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>