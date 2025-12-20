--- v0 (2025-10-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R494258aa85cd4214" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab4be393ea6f4dc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf745da64c0e84a32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebf4d44aa44349d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb236894f15f4cd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf745da64c0e84a32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cd1097a49a34d52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebf4d44aa44349d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitcoin Ethereum Core ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0496484640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>33,823</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>