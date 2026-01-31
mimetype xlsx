--- v1 (2025-12-20)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab4be393ea6f4dc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d081eda02b948b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebf4d44aa44349d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22e1f89d55e94e1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cd1097a49a34d52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebf4d44aa44349d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd861c76e83ea4a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22e1f89d55e94e1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitcoin Ethereum Core ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0496484640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>27,597</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,095</x:t>
-[...350 lines deleted...]
-          <x:t>26,305</x:t>
+          <x:t>25,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>