--- v2 (2026-01-31)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d081eda02b948b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01e5c5085c5e43fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22e1f89d55e94e1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dcab30b742a491e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd861c76e83ea4a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22e1f89d55e94e1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R531085176a3a4b4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dcab30b742a491e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitcoin Ethereum Core ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0496484640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>