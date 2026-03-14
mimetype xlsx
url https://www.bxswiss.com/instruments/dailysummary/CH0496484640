--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01e5c5085c5e43fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04c7aa93d7074296" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dcab30b742a491e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R689983ccb13d43d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R531085176a3a4b4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dcab30b742a491e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R623aeebf54c14a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R689983ccb13d43d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitcoin Ethereum Core ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0496484640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>19,908</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,175</x:t>
-[...247 lines deleted...]
-          <x:t>19,087</x:t>
+          <x:t>20,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>