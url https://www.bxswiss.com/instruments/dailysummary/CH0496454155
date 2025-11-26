--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a7af54fd4af4976" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae5c84ca0ba5420c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R122596353bb74869"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd51dac6fe2e44006"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61ab73d292674271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R122596353bb74869" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0aec74269ee4d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd51dac6fe2e44006" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Binance BNB ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0496454155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>51,489</x:t>
-[...360 lines deleted...]
-          <x:t>63,210</x:t>
+          <x:t>52,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>