--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae5c84ca0ba5420c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c9afb9d9b7144c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd51dac6fe2e44006"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82ff316939e8413f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0aec74269ee4d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd51dac6fe2e44006" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9fae1487be740c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82ff316939e8413f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Binance BNB ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0496454155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,357</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>