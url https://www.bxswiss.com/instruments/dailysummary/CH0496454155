--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c9afb9d9b7144c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a52f01e7ede493b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82ff316939e8413f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ad8bd63d7d4dbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9fae1487be740c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82ff316939e8413f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad47b3b665b74b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ad8bd63d7d4dbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Binance BNB ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0496454155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,439</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>