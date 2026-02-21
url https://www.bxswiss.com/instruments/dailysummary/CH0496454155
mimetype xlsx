--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a52f01e7ede493b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87ad13baa2164f64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ad8bd63d7d4dbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc60418faa71a4369"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad47b3b665b74b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ad8bd63d7d4dbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f8f9d9808b14c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc60418faa71a4369" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Binance BNB ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0496454155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>48,244</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>