--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87ad13baa2164f64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25dacf7a8c734dc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc60418faa71a4369"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb684c37128d40ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f8f9d9808b14c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc60418faa71a4369" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d900d0136ec474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb684c37128d40ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Binance BNB ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0496454155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,837</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>