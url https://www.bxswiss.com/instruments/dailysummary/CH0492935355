--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra37578842dba4463" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf599af3e835248c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27c179e5e25e4c85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbc01c5258f343af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68c548e2f43c4fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27c179e5e25e4c85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra68a29a3c63644bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbc01c5258f343af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - MSCI Switzerland IMI Socially Responsible (CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0492935355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>21,217</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>21,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>21,102</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>21,086</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,023</x:t>
-[...458 lines deleted...]
-          <x:t>20,733</x:t>
+          <x:t>21,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,846</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>20,954</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,133</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>21,079</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,079</x:t>
-[...31 lines deleted...]
-          <x:t>21,250</x:t>
+          <x:t>21,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>