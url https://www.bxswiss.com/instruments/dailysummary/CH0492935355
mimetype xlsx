--- v1 (2025-11-01)
+++ v2 (2025-12-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf599af3e835248c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf008964866924827" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbc01c5258f343af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd70b805aef3e433c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra68a29a3c63644bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbc01c5258f343af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f1b77fb408e4b4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd70b805aef3e433c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - MSCI Switzerland IMI Socially Responsible (CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0492935355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,862</x:t>
-[...48 lines deleted...]
-          <x:t>21,028</x:t>
+          <x:t>20,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,954</x:t>
-[...394 lines deleted...]
-          <x:t>21,271</x:t>
+          <x:t>21,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,174</x:t>
-[...112 lines deleted...]
-          <x:t>20,921</x:t>
+          <x:t>21,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>