--- v2 (2025-12-11)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf008964866924827" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81454cd1fa7a4938" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd70b805aef3e433c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc3b904df5434107"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f1b77fb408e4b4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd70b805aef3e433c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83c174a5fd16495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc3b904df5434107" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - MSCI Switzerland IMI Socially Responsible (CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0492935355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>21,600</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,660</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>21,305</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>