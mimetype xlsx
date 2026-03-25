--- v3 (2026-02-12)
+++ v4 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81454cd1fa7a4938" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ebfe729b83244fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc3b904df5434107"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8de7fc2164da4870"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83c174a5fd16495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc3b904df5434107" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec95784f03e84272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8de7fc2164da4870" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - MSCI Switzerland IMI Socially Responsible (CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0492935355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>22,170</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,588</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>