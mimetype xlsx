--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2f8f772a80e4039" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re64711f3d48240fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R785510cd25b44fee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f79e82e33334e32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ee3822ddeb44700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R785510cd25b44fee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78b286950af448b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f79e82e33334e32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Tezos ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0491507486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>2,841</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>