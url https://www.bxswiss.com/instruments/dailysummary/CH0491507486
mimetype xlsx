--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re64711f3d48240fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e9c37cf494941f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f79e82e33334e32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9ae0ec5159446c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78b286950af448b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f79e82e33334e32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6387d0cdec714177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9ae0ec5159446c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Tezos ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0491507486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,345</x:t>
-[...522 lines deleted...]
-          <x:t>2,038</x:t>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>