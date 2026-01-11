--- v2 (2026-01-11)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e9c37cf494941f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5087fe94fd68468c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9ae0ec5159446c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R160648a53ea749c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6387d0cdec714177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9ae0ec5159446c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10be1235e2074c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R160648a53ea749c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Tezos ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0491507486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,332</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>