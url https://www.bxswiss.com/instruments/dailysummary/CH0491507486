--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5087fe94fd68468c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd07e80f539224d19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R160648a53ea749c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb0fb68388f24f17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10be1235e2074c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R160648a53ea749c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R361757e7ea474132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb0fb68388f24f17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Tezos ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0491507486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>2,732</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>