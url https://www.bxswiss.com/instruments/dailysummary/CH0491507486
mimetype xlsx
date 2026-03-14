--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd07e80f539224d19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb8640f864a041e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb0fb68388f24f17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2faa439e220747e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R361757e7ea474132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb0fb68388f24f17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24cc0c1c6f9c4ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2faa439e220747e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Tezos ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0491507486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,797</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>