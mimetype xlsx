--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31c83945380f4f54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25489f79f4054beb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8772a82c3ab42fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0482f8aa47694377"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8a1b7f0f5324be4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8772a82c3ab42fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a7eb7b8e9844a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0482f8aa47694377" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitwise Select 10 Large CapCrypto Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0475986318</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>31,056</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,571</x:t>
-[...124 lines deleted...]
-          <x:t>31,824</x:t>
+          <x:t>30,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,538</x:t>
-[...431 lines deleted...]
-          <x:t>32,941</x:t>
+          <x:t>31,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>