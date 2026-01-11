--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25489f79f4054beb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f91d602bed4c0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0482f8aa47694377"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d45da25c2ae490f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a7eb7b8e9844a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0482f8aa47694377" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcee95ac07eb44a06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d45da25c2ae490f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitwise Select 10 Large CapCrypto Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0475986318</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>29,372</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>