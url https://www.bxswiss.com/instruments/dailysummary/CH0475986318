--- v2 (2026-01-11)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f91d602bed4c0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07a32ecabd344772" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d45da25c2ae490f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac7dc7e267ad47ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcee95ac07eb44a06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d45da25c2ae490f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ddbd1c507194a5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac7dc7e267ad47ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitwise Select 10 Large CapCrypto Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0475986318</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,921</x:t>
-[...414 lines deleted...]
-          <x:t>24,091</x:t>
+          <x:t>24,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>