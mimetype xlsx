--- v3 (2026-01-31)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07a32ecabd344772" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R327729fedd9a44d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac7dc7e267ad47ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31e048aeffbc4d9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ddbd1c507194a5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac7dc7e267ad47ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0b47923c9774b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31e048aeffbc4d9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitwise Select 10 Large CapCrypto Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0475986318</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>