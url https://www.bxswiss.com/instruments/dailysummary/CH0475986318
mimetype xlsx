--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R327729fedd9a44d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaf4f95d7121486c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31e048aeffbc4d9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36754781f9604ccd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0b47923c9774b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31e048aeffbc4d9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eb69f5870e34565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36754781f9604ccd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitwise Select 10 Large CapCrypto Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0475986318</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>17,414</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,802</x:t>
-        </x:is>
-[...305 lines deleted...]
-          <x:t>16,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>