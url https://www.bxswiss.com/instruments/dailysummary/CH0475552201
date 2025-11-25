--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f695223f43e4509" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35f19408acb74dc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree3f769f83c84b85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33d4799124264a5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5af1c0f2c724a5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree3f769f83c84b85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8b1e52d482f4fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33d4799124264a5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitcoin Cash ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0475552201</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>18,179</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...397 lines deleted...]
-          <x:t>17,223</x:t>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>