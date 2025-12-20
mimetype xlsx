--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35f19408acb74dc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf3eccf46e1e475a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33d4799124264a5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R249889936979499b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8b1e52d482f4fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33d4799124264a5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73db82ee94914575" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R249889936979499b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitcoin Cash ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0475552201</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,838</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>