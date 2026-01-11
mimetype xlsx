--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf3eccf46e1e475a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re16351ea57dd4ae6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R249889936979499b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32639601dae144cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73db82ee94914575" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R249889936979499b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce7878f5be2041ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32639601dae144cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitcoin Cash ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0475552201</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>17,761</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,319</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...288 lines deleted...]
-          <x:t>18,814</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...208 lines deleted...]
-          <x:t>19,457</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>