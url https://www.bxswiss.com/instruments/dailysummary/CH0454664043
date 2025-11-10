--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R036303a5260b45bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb667bfc5603542cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb24a35aec5a3431f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb38491bd27d4893"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R358f0b1e115f43d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb24a35aec5a3431f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d7180fb7c31498e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb38491bd27d4893" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares XRP ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0454664043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>66,623</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>