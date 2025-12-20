--- v1 (2025-11-10)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb667bfc5603542cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6956b9e195d94a5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb38491bd27d4893"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8c4975a99d4554"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d7180fb7c31498e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb38491bd27d4893" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03f915fc903c455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8c4975a99d4554" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares XRP ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0454664043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>49,617</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>