--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6956b9e195d94a5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3d72839f3e54760" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8c4975a99d4554"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2a637e6c0b14792"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03f915fc903c455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8c4975a99d4554" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7579517370014983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2a637e6c0b14792" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares XRP ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0454664043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,697</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>