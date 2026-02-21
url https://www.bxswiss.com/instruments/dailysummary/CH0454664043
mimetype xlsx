--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3d72839f3e54760" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6265fd6d007e4071" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2a637e6c0b14792"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6e19ed1c844ac9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7579517370014983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2a637e6c0b14792" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ac5f4b67afb4567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6e19ed1c844ac9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares XRP ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0454664043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,092</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>46,642</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>