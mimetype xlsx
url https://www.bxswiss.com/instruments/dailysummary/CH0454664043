--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6265fd6d007e4071" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82e1df0321a648c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6e19ed1c844ac9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra17120b91a784d52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ac5f4b67afb4567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6e19ed1c844ac9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcbfd27cc9334249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra17120b91a784d52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares XRP ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0454664043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,586</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>